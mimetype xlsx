--- v0 (2025-10-14)
+++ v1 (2026-01-01)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R430d5561a5a04c5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/eb3e1fe6c2394e399b4e6287e189ef13.psmdcp" Id="R2a538673996140c2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad4b882e45d44197" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f235aac035274307b1030cbee93498ef.psmdcp" Id="Re4249241d5ab44e3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Results-2025 Warren County 4..." sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2613" uniqueCount="2613">
   <x:si>
     <x:t>Hierarchy Path</x:t>
   </x:si>
   <x:si>
     <x:t>Exhibitor Number</x:t>
   </x:si>
   <x:si>