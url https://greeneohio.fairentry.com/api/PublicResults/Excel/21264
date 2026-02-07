--- v1 (2026-01-01)
+++ v2 (2026-02-07)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad4b882e45d44197" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f235aac035274307b1030cbee93498ef.psmdcp" Id="Re4249241d5ab44e3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ded163df55645ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/61893d07636c4fb8992d9417d873f4ff.psmdcp" Id="Re1c689b7a44a4b68" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Results-2025 Warren County 4..." sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2613" uniqueCount="2613">
   <x:si>
     <x:t>Hierarchy Path</x:t>
   </x:si>
   <x:si>
     <x:t>Exhibitor Number</x:t>
   </x:si>
   <x:si>
@@ -7277,170 +7277,170 @@
   <x:si>
     <x:t xml:space="preserve">Bradbury , Augustus </x:t>
   </x:si>
   <x:si>
     <x:t>784</x:t>
   </x:si>
   <x:si>
     <x:t>204</x:t>
   </x:si>
   <x:si>
     <x:t>Cooper, Braxton</x:t>
   </x:si>
   <x:si>
     <x:t>1073</x:t>
   </x:si>
   <x:si>
     <x:t>1311</x:t>
   </x:si>
   <x:si>
     <x:t>1438</x:t>
   </x:si>
   <x:si>
     <x:t>Reserve Champion Duroc Barrow</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Swine  /  Swine Barrows  /  Farrow to Fair</x:t>
+    <x:t xml:space="preserve"> Swine  /  Swine Barrows  /  Hampshire Barrows</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5th Overall Barrow</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Champion Hampshire Barrow</x:t>
+  </x:si>
+  <x:si>
+    <x:t>330</x:t>
+  </x:si>
+  <x:si>
+    <x:t>115</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hensley, Emma</x:t>
+  </x:si>
+  <x:si>
+    <x:t>457</x:t>
+  </x:si>
+  <x:si>
+    <x:t>741</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hueston, Maci</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Reserve Champion Hampshire Barrow</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Smith, Carter</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1255</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1301</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve"> Swine  /  Swine Barrows  /  Hereford Barrows</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Champion Hereford Barrow</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1257</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Reserve Champion Hereford Barrow</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve"> Swine  /  Swine Barrows  /  Landrace Barrows</x:t>
+  </x:si>
+  <x:si>
+    <x:t>461</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Reserve Champion Landrace Barrow</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Champion Landrace Barrow</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve"> Swine  /  Swine Barrows  /  Poland Barrows</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Champion Poland Barrow</x:t>
+  </x:si>
+  <x:si>
+    <x:t>788</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Reserve Champion Poland Barrow</x:t>
+  </x:si>
+  <x:si>
+    <x:t>74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hoskins, Breahna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1076</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve"> Swine  /  Swine Barrows  /  Spot Barrows</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Champion Spot Barrow</x:t>
+  </x:si>
+  <x:si>
+    <x:t>515</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Reserve Champion Spot Barrow</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve"> Swine  /  Swine Barrows  /  Tamworth Barrows</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1338</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Champion Tamworth Barrow</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve"> Swine  /  Swine Barrows  /  Warren County Born and Raised</x:t>
   </x:si>
   <x:si>
     <x:t>1488</x:t>
   </x:si>
   <x:si>
     <x:t>Champion Farrow to Fair Barrow</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Swine  /  Swine Barrows  /  Hampshire Barrows</x:t>
-[...109 lines deleted...]
-  <x:si>
     <x:t xml:space="preserve"> Swine  /  Swine Barrows  /  Yorkshire Barrows</x:t>
   </x:si>
   <x:si>
     <x:t>Reserve Champion Yorkshire Barrow</x:t>
   </x:si>
   <x:si>
     <x:t>678</x:t>
   </x:si>
   <x:si>
     <x:t>Howard, Eelyn</x:t>
   </x:si>
   <x:si>
     <x:t>770</x:t>
   </x:si>
   <x:si>
     <x:t>810</x:t>
   </x:si>
   <x:si>
     <x:t>4th Overall Barrow</x:t>
   </x:si>
   <x:si>
     <x:t>Champion Yorkshire Barrow</x:t>
   </x:si>
   <x:si>
     <x:t>221</x:t>
@@ -7589,138 +7589,138 @@
   <x:si>
     <x:t>695</x:t>
   </x:si>
   <x:si>
     <x:t>785</x:t>
   </x:si>
   <x:si>
     <x:t>1001</x:t>
   </x:si>
   <x:si>
     <x:t>5th Overall Gilt</x:t>
   </x:si>
   <x:si>
     <x:t>Champion Duroc Gilt</x:t>
   </x:si>
   <x:si>
     <x:t>1340</x:t>
   </x:si>
   <x:si>
     <x:t>Reserve Champion Duroc Gilt</x:t>
   </x:si>
   <x:si>
     <x:t>1341</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Swine  /  Swine Gilts  /  Farrow to Fair</x:t>
+    <x:t xml:space="preserve"> Swine  /  Swine Gilts  /  Hampshire Gilts</x:t>
+  </x:si>
+  <x:si>
+    <x:t>326</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Reserve Champion Hampshire Gilt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>516</x:t>
+  </x:si>
+  <x:si>
+    <x:t>746</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1098</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Champion Hampshire Gilt</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve"> Swine  /  Swine Gilts  /  Hereford Gilts</x:t>
+  </x:si>
+  <x:si>
+    <x:t>775</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Champion Hereford Gilt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>781</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Reserve Champion Hereford Gilt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>804</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve"> Swine  /  Swine Gilts  /  Landrace Gilts</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Champion Landrace Gilt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>789</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Reserve Champion Landrace Gilt</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve"> Swine  /  Swine Gilts  /  Spot Gilts</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Champion Spot Gilt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Reserve Champion Spot Gilt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>771</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1078</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve"> Swine  /  Swine Gilts  /  Tamworth Gilts</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1342</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Champion Tamworth Gilt</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve"> Swine  /  Swine Gilts  /  Warren County Born and Raised</x:t>
   </x:si>
   <x:si>
     <x:t>1487</x:t>
   </x:si>
   <x:si>
     <x:t>Reserve Champion Farrow to Fair Gilt</x:t>
   </x:si>
   <x:si>
     <x:t>1491</x:t>
   </x:si>
   <x:si>
     <x:t>Champion Farrow to Fair Gilt</x:t>
-  </x:si>
-[...73 lines deleted...]
-    <x:t>Champion Tamworth Gilt</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Swine  /  Swine Gilts  /  Yorkshire Gilts</x:t>
   </x:si>
   <x:si>
     <x:t>Champion Yorkshire Gilt</x:t>
   </x:si>
   <x:si>
     <x:t>345</x:t>
   </x:si>
   <x:si>
     <x:t>Reserve Champion Yorkshire Gilt</x:t>
   </x:si>
   <x:si>
     <x:t>460</x:t>
   </x:si>
   <x:si>
     <x:t>643</x:t>
   </x:si>
   <x:si>
     <x:t>679</x:t>
   </x:si>
   <x:si>
     <x:t>1070</x:t>
   </x:si>
@@ -36451,527 +36451,527 @@
       </x:c>
       <x:c r="B1120" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="C1120" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="D1120" s="0" t="s">
         <x:v>2420</x:v>
       </x:c>
       <x:c r="F1120" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H1120" s="0" t="s">
         <x:v>2421</x:v>
       </x:c>
       <x:c r="I1120" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="1121" spans="1:10">
       <x:c r="A1121" s="0" t="s">
         <x:v>2422</x:v>
       </x:c>
       <x:c r="B1121" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>1785</x:v>
       </x:c>
       <x:c r="C1121" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>2384</x:v>
       </x:c>
       <x:c r="D1121" s="0" t="s">
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="H1121" s="0" t="s">
         <x:v>2423</x:v>
       </x:c>
-      <x:c r="F1121" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="I1121" s="0" t="s">
         <x:v>16</x:v>
+      </x:c>
+      <x:c r="J1121" s="0" t="s">
+        <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="1122" spans="1:10">
       <x:c r="A1122" s="0" t="s">
-        <x:v>2425</x:v>
+        <x:v>2422</x:v>
       </x:c>
       <x:c r="B1122" s="0" t="s">
         <x:v>1785</x:v>
       </x:c>
       <x:c r="C1122" s="0" t="s">
         <x:v>2384</x:v>
       </x:c>
       <x:c r="D1122" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
+      <x:c r="F1122" s="0" t="s">
+        <x:v>14</x:v>
+      </x:c>
       <x:c r="H1122" s="0" t="s">
-        <x:v>2426</x:v>
+        <x:v>2424</x:v>
       </x:c>
       <x:c r="I1122" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J1122" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="1123" spans="1:10">
       <x:c r="A1123" s="0" t="s">
+        <x:v>2422</x:v>
+      </x:c>
+      <x:c r="B1123" s="0" t="s">
+        <x:v>459</x:v>
+      </x:c>
+      <x:c r="C1123" s="0" t="s">
+        <x:v>460</x:v>
+      </x:c>
+      <x:c r="D1123" s="0" t="s">
         <x:v>2425</x:v>
       </x:c>
-      <x:c r="B1123" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F1123" s="0" t="s">
-        <x:v>14</x:v>
-[...2 lines deleted...]
-        <x:v>2427</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="I1123" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J1123" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="1124" spans="1:10">
       <x:c r="A1124" s="0" t="s">
-        <x:v>2425</x:v>
+        <x:v>2422</x:v>
       </x:c>
       <x:c r="B1124" s="0" t="s">
-        <x:v>459</x:v>
+        <x:v>2426</x:v>
       </x:c>
       <x:c r="C1124" s="0" t="s">
-        <x:v>460</x:v>
+        <x:v>2427</x:v>
       </x:c>
       <x:c r="D1124" s="0" t="s">
         <x:v>2428</x:v>
       </x:c>
       <x:c r="F1124" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="I1124" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J1124" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="1125" spans="1:10">
       <x:c r="A1125" s="0" t="s">
-        <x:v>2425</x:v>
+        <x:v>2422</x:v>
       </x:c>
       <x:c r="B1125" s="0" t="s">
+        <x:v>1453</x:v>
+      </x:c>
+      <x:c r="C1125" s="0" t="s">
+        <x:v>1454</x:v>
+      </x:c>
+      <x:c r="D1125" s="0" t="s">
         <x:v>2429</x:v>
       </x:c>
-      <x:c r="C1125" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F1125" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="I1125" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J1125" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="1126" spans="1:10">
       <x:c r="A1126" s="0" t="s">
-        <x:v>2425</x:v>
+        <x:v>2422</x:v>
       </x:c>
       <x:c r="B1126" s="0" t="s">
-        <x:v>1453</x:v>
+        <x:v>2084</x:v>
       </x:c>
       <x:c r="C1126" s="0" t="s">
-        <x:v>1454</x:v>
+        <x:v>2430</x:v>
       </x:c>
       <x:c r="D1126" s="0" t="s">
+        <x:v>2431</x:v>
+      </x:c>
+      <x:c r="F1126" s="0" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H1126" s="0" t="s">
         <x:v>2432</x:v>
       </x:c>
-      <x:c r="F1126" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I1126" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J1126" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>1038</x:v>
       </x:c>
     </x:row>
     <x:row r="1127" spans="1:10">
       <x:c r="A1127" s="0" t="s">
-        <x:v>2425</x:v>
+        <x:v>2422</x:v>
       </x:c>
       <x:c r="B1127" s="0" t="s">
-        <x:v>2084</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="C1127" s="0" t="s">
         <x:v>2433</x:v>
       </x:c>
       <x:c r="D1127" s="0" t="s">
         <x:v>2434</x:v>
       </x:c>
       <x:c r="F1127" s="0" t="s">
-        <x:v>14</x:v>
-[...2 lines deleted...]
-        <x:v>2435</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="I1127" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J1127" s="0" t="s">
-        <x:v>1038</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="1128" spans="1:10">
       <x:c r="A1128" s="0" t="s">
-        <x:v>2425</x:v>
+        <x:v>2422</x:v>
       </x:c>
       <x:c r="B1128" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C1128" s="0" t="s">
-        <x:v>2436</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D1128" s="0" t="s">
-        <x:v>2437</x:v>
+        <x:v>2435</x:v>
       </x:c>
       <x:c r="F1128" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="I1128" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J1128" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="1129" spans="1:10">
       <x:c r="A1129" s="0" t="s">
-        <x:v>2425</x:v>
+        <x:v>2436</x:v>
       </x:c>
       <x:c r="B1129" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="C1129" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="D1129" s="0" t="s">
-        <x:v>2438</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="F1129" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H1129" s="0" t="s">
+        <x:v>2437</x:v>
       </x:c>
       <x:c r="I1129" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J1129" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="1130" spans="1:10">
       <x:c r="A1130" s="0" t="s">
+        <x:v>2436</x:v>
+      </x:c>
+      <x:c r="B1130" s="0" t="s">
+        <x:v>2342</x:v>
+      </x:c>
+      <x:c r="C1130" s="0" t="s">
+        <x:v>2343</x:v>
+      </x:c>
+      <x:c r="D1130" s="0" t="s">
+        <x:v>2438</x:v>
+      </x:c>
+      <x:c r="F1130" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="H1130" s="0" t="s">
         <x:v>2439</x:v>
       </x:c>
-      <x:c r="B1130" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I1130" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J1130" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="1131" spans="1:10">
       <x:c r="A1131" s="0" t="s">
-        <x:v>2439</x:v>
+        <x:v>2440</x:v>
       </x:c>
       <x:c r="B1131" s="0" t="s">
-        <x:v>2342</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C1131" s="0" t="s">
-        <x:v>2343</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="D1131" s="0" t="s">
         <x:v>2441</x:v>
       </x:c>
       <x:c r="F1131" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H1131" s="0" t="s">
         <x:v>2442</x:v>
       </x:c>
       <x:c r="I1131" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J1131" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="1132" spans="1:10">
       <x:c r="A1132" s="0" t="s">
+        <x:v>2440</x:v>
+      </x:c>
+      <x:c r="B1132" s="0" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="C1132" s="0" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="D1132" s="0" t="s">
         <x:v>2443</x:v>
       </x:c>
-      <x:c r="B1132" s="0" t="s">
-[...5 lines deleted...]
-      <x:c r="D1132" s="0" t="s">
+      <x:c r="F1132" s="0" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H1132" s="0" t="s">
         <x:v>2444</x:v>
       </x:c>
-      <x:c r="F1132" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="I1132" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J1132" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="1133" spans="1:10">
       <x:c r="A1133" s="0" t="s">
-        <x:v>2443</x:v>
+        <x:v>2445</x:v>
       </x:c>
       <x:c r="B1133" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>1056</x:v>
       </x:c>
       <x:c r="C1133" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>1817</x:v>
       </x:c>
       <x:c r="D1133" s="0" t="s">
+        <x:v>624</x:v>
+      </x:c>
+      <x:c r="F1133" s="0" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H1133" s="0" t="s">
         <x:v>2446</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>2447</x:v>
       </x:c>
       <x:c r="I1133" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J1133" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="1134" spans="1:10">
       <x:c r="A1134" s="0" t="s">
+        <x:v>2445</x:v>
+      </x:c>
+      <x:c r="B1134" s="0" t="s">
+        <x:v>1541</x:v>
+      </x:c>
+      <x:c r="C1134" s="0" t="s">
+        <x:v>1542</x:v>
+      </x:c>
+      <x:c r="D1134" s="0" t="s">
+        <x:v>2447</x:v>
+      </x:c>
+      <x:c r="F1134" s="0" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H1134" s="0" t="s">
         <x:v>2448</x:v>
       </x:c>
-      <x:c r="B1134" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I1134" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J1134" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="1135" spans="1:10">
       <x:c r="A1135" s="0" t="s">
-        <x:v>2448</x:v>
+        <x:v>2445</x:v>
       </x:c>
       <x:c r="B1135" s="0" t="s">
-        <x:v>1541</x:v>
+        <x:v>2449</x:v>
       </x:c>
       <x:c r="C1135" s="0" t="s">
-        <x:v>1542</x:v>
+        <x:v>2450</x:v>
       </x:c>
       <x:c r="D1135" s="0" t="s">
-        <x:v>2450</x:v>
+        <x:v>2451</x:v>
       </x:c>
       <x:c r="F1135" s="0" t="s">
-        <x:v>14</x:v>
-[...2 lines deleted...]
-        <x:v>2451</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="I1135" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J1135" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="1136" spans="1:10">
       <x:c r="A1136" s="0" t="s">
-        <x:v>2448</x:v>
+        <x:v>2452</x:v>
       </x:c>
       <x:c r="B1136" s="0" t="s">
-        <x:v>2452</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="C1136" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="D1136" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="F1136" s="0" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H1136" s="0" t="s">
         <x:v>2453</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>103</x:v>
       </x:c>
       <x:c r="I1136" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J1136" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="1137" spans="1:10">
       <x:c r="A1137" s="0" t="s">
+        <x:v>2452</x:v>
+      </x:c>
+      <x:c r="B1137" s="0" t="s">
+        <x:v>551</x:v>
+      </x:c>
+      <x:c r="C1137" s="0" t="s">
+        <x:v>552</x:v>
+      </x:c>
+      <x:c r="D1137" s="0" t="s">
+        <x:v>2454</x:v>
+      </x:c>
+      <x:c r="F1137" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="H1137" s="0" t="s">
         <x:v>2455</x:v>
       </x:c>
-      <x:c r="B1137" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I1137" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J1137" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>396</x:v>
       </x:c>
     </x:row>
     <x:row r="1138" spans="1:10">
       <x:c r="A1138" s="0" t="s">
-        <x:v>2455</x:v>
+        <x:v>2456</x:v>
       </x:c>
       <x:c r="B1138" s="0" t="s">
-        <x:v>551</x:v>
+        <x:v>2231</x:v>
       </x:c>
       <x:c r="C1138" s="0" t="s">
-        <x:v>552</x:v>
+        <x:v>2403</x:v>
       </x:c>
       <x:c r="D1138" s="0" t="s">
         <x:v>2457</x:v>
       </x:c>
       <x:c r="F1138" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H1138" s="0" t="s">
         <x:v>2458</x:v>
       </x:c>
       <x:c r="I1138" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J1138" s="0" t="s">
-        <x:v>396</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="1139" spans="1:10">
       <x:c r="A1139" s="0" t="s">
         <x:v>2459</x:v>
       </x:c>
       <x:c r="B1139" s="0" t="s">
-        <x:v>2231</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C1139" s="0" t="s">
-        <x:v>2403</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D1139" s="0" t="s">
         <x:v>2460</x:v>
       </x:c>
       <x:c r="F1139" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H1139" s="0" t="s">
         <x:v>2461</x:v>
       </x:c>
       <x:c r="I1139" s="0" t="s">
         <x:v>16</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="1140" spans="1:10">
       <x:c r="A1140" s="0" t="s">
         <x:v>2462</x:v>
       </x:c>
       <x:c r="B1140" s="0" t="s">
         <x:v>1701</x:v>
       </x:c>
       <x:c r="C1140" s="0" t="s">
         <x:v>1702</x:v>
       </x:c>
       <x:c r="D1140" s="0" t="s">
-        <x:v>2429</x:v>
+        <x:v>2426</x:v>
       </x:c>
       <x:c r="F1140" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H1140" s="0" t="s">
         <x:v>2463</x:v>
       </x:c>
       <x:c r="I1140" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J1140" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="1141" spans="1:10">
       <x:c r="A1141" s="0" t="s">
         <x:v>2462</x:v>
       </x:c>
       <x:c r="B1141" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="C1141" s="0" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="D1141" s="0" t="s">
@@ -37356,100 +37356,100 @@
       </x:c>
       <x:c r="C1157" s="0" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="D1157" s="0" t="s">
         <x:v>2485</x:v>
       </x:c>
       <x:c r="F1157" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H1157" s="0" t="s">
         <x:v>2487</x:v>
       </x:c>
       <x:c r="I1157" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J1157" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="1158" spans="1:10">
       <x:c r="A1158" s="0" t="s">
         <x:v>2481</x:v>
       </x:c>
       <x:c r="B1158" s="0" t="s">
-        <x:v>2429</x:v>
+        <x:v>2426</x:v>
       </x:c>
       <x:c r="C1158" s="0" t="s">
-        <x:v>2430</x:v>
+        <x:v>2427</x:v>
       </x:c>
       <x:c r="D1158" s="0" t="s">
         <x:v>2488</x:v>
       </x:c>
       <x:c r="F1158" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="I1158" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J1158" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="1159" spans="1:10">
       <x:c r="A1159" s="0" t="s">
         <x:v>2481</x:v>
       </x:c>
       <x:c r="B1159" s="0" t="s">
-        <x:v>2429</x:v>
+        <x:v>2426</x:v>
       </x:c>
       <x:c r="C1159" s="0" t="s">
-        <x:v>2430</x:v>
+        <x:v>2427</x:v>
       </x:c>
       <x:c r="D1159" s="0" t="s">
         <x:v>2489</x:v>
       </x:c>
       <x:c r="H1159" s="0" t="s">
         <x:v>2490</x:v>
       </x:c>
       <x:c r="I1159" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J1159" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="1160" spans="1:10">
       <x:c r="A1160" s="0" t="s">
         <x:v>2481</x:v>
       </x:c>
       <x:c r="B1160" s="0" t="s">
-        <x:v>2429</x:v>
+        <x:v>2426</x:v>
       </x:c>
       <x:c r="C1160" s="0" t="s">
-        <x:v>2430</x:v>
+        <x:v>2427</x:v>
       </x:c>
       <x:c r="D1160" s="0" t="s">
         <x:v>2489</x:v>
       </x:c>
       <x:c r="F1160" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H1160" s="0" t="s">
         <x:v>2491</x:v>
       </x:c>
       <x:c r="I1160" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J1160" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="1161" spans="1:10">
       <x:c r="A1161" s="0" t="s">
         <x:v>2481</x:v>
       </x:c>
       <x:c r="B1161" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="C1161" s="0" t="s">
@@ -37690,51 +37690,51 @@
       </x:c>
       <x:c r="C1171" s="0" t="s">
         <x:v>2505</x:v>
       </x:c>
       <x:c r="D1171" s="0" t="s">
         <x:v>2506</x:v>
       </x:c>
       <x:c r="F1171" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="I1171" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J1171" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="1172" spans="1:10">
       <x:c r="A1172" s="0" t="s">
         <x:v>2481</x:v>
       </x:c>
       <x:c r="B1172" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="C1172" s="0" t="s">
-        <x:v>2436</x:v>
+        <x:v>2433</x:v>
       </x:c>
       <x:c r="D1172" s="0" t="s">
         <x:v>2507</x:v>
       </x:c>
       <x:c r="F1172" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="I1172" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J1172" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="1173" spans="1:10">
       <x:c r="A1173" s="0" t="s">
         <x:v>2481</x:v>
       </x:c>
       <x:c r="B1173" s="0" t="s">
         <x:v>2342</x:v>
       </x:c>
       <x:c r="C1173" s="0" t="s">
         <x:v>2343</x:v>
       </x:c>
       <x:c r="D1173" s="0" t="s">
@@ -37894,54 +37894,54 @@
       </x:c>
       <x:c r="B1180" s="0" t="s">
         <x:v>2325</x:v>
       </x:c>
       <x:c r="C1180" s="0" t="s">
         <x:v>2326</x:v>
       </x:c>
       <x:c r="D1180" s="0" t="s">
         <x:v>2515</x:v>
       </x:c>
       <x:c r="F1180" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="I1180" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J1180" s="0" t="s">
         <x:v>1038</x:v>
       </x:c>
     </x:row>
     <x:row r="1181" spans="1:10">
       <x:c r="A1181" s="0" t="s">
         <x:v>2514</x:v>
       </x:c>
       <x:c r="B1181" s="0" t="s">
-        <x:v>2429</x:v>
+        <x:v>2426</x:v>
       </x:c>
       <x:c r="C1181" s="0" t="s">
-        <x:v>2430</x:v>
+        <x:v>2427</x:v>
       </x:c>
       <x:c r="D1181" s="0" t="s">
         <x:v>2516</x:v>
       </x:c>
       <x:c r="F1181" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="I1181" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J1181" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="1182" spans="1:10">
       <x:c r="A1182" s="0" t="s">
         <x:v>2514</x:v>
       </x:c>
       <x:c r="B1182" s="0" t="s">
         <x:v>1010</x:v>
       </x:c>
       <x:c r="C1182" s="0" t="s">
         <x:v>2493</x:v>
       </x:c>
       <x:c r="D1182" s="0" t="s">
@@ -37989,74 +37989,74 @@
       </x:c>
       <x:c r="C1184" s="0" t="s">
         <x:v>2414</x:v>
       </x:c>
       <x:c r="D1184" s="0" t="s">
         <x:v>2519</x:v>
       </x:c>
       <x:c r="F1184" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="I1184" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J1184" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="1185" spans="1:10">
       <x:c r="A1185" s="0" t="s">
         <x:v>2514</x:v>
       </x:c>
       <x:c r="B1185" s="0" t="s">
         <x:v>2084</x:v>
       </x:c>
       <x:c r="C1185" s="0" t="s">
-        <x:v>2433</x:v>
+        <x:v>2430</x:v>
       </x:c>
       <x:c r="D1185" s="0" t="s">
         <x:v>2520</x:v>
       </x:c>
       <x:c r="H1185" s="0" t="s">
         <x:v>2521</x:v>
       </x:c>
       <x:c r="I1185" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J1185" s="0" t="s">
         <x:v>1038</x:v>
       </x:c>
     </x:row>
     <x:row r="1186" spans="1:10">
       <x:c r="A1186" s="0" t="s">
         <x:v>2514</x:v>
       </x:c>
       <x:c r="B1186" s="0" t="s">
         <x:v>2084</x:v>
       </x:c>
       <x:c r="C1186" s="0" t="s">
-        <x:v>2433</x:v>
+        <x:v>2430</x:v>
       </x:c>
       <x:c r="D1186" s="0" t="s">
         <x:v>2520</x:v>
       </x:c>
       <x:c r="F1186" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H1186" s="0" t="s">
         <x:v>2522</x:v>
       </x:c>
       <x:c r="I1186" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J1186" s="0" t="s">
         <x:v>1038</x:v>
       </x:c>
     </x:row>
     <x:row r="1187" spans="1:10">
       <x:c r="A1187" s="0" t="s">
         <x:v>2514</x:v>
       </x:c>
       <x:c r="B1187" s="0" t="s">
         <x:v>2231</x:v>
       </x:c>
       <x:c r="C1187" s="0" t="s">
@@ -38084,461 +38084,461 @@
       </x:c>
       <x:c r="B1188" s="0" t="s">
         <x:v>2231</x:v>
       </x:c>
       <x:c r="C1188" s="0" t="s">
         <x:v>2403</x:v>
       </x:c>
       <x:c r="D1188" s="0" t="s">
         <x:v>2525</x:v>
       </x:c>
       <x:c r="F1188" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I1188" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J1188" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="1189" spans="1:10">
       <x:c r="A1189" s="0" t="s">
         <x:v>2526</x:v>
       </x:c>
       <x:c r="B1189" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="C1189" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="D1189" s="0" t="s">
         <x:v>2527</x:v>
       </x:c>
       <x:c r="F1189" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H1189" s="0" t="s">
         <x:v>2528</x:v>
       </x:c>
       <x:c r="I1189" s="0" t="s">
         <x:v>16</x:v>
+      </x:c>
+      <x:c r="J1189" s="0" t="s">
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="1190" spans="1:10">
       <x:c r="A1190" s="0" t="s">
         <x:v>2526</x:v>
       </x:c>
       <x:c r="B1190" s="0" t="s">
-        <x:v>2429</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="C1190" s="0" t="s">
-        <x:v>2430</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="D1190" s="0" t="s">
         <x:v>2529</x:v>
       </x:c>
       <x:c r="F1190" s="0" t="s">
-        <x:v>14</x:v>
-[...2 lines deleted...]
-        <x:v>2530</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="I1190" s="0" t="s">
         <x:v>16</x:v>
+      </x:c>
+      <x:c r="J1190" s="0" t="s">
+        <x:v>396</x:v>
       </x:c>
     </x:row>
     <x:row r="1191" spans="1:10">
       <x:c r="A1191" s="0" t="s">
-        <x:v>2531</x:v>
+        <x:v>2526</x:v>
       </x:c>
       <x:c r="B1191" s="0" t="s">
-        <x:v>459</x:v>
+        <x:v>1453</x:v>
       </x:c>
       <x:c r="C1191" s="0" t="s">
-        <x:v>460</x:v>
+        <x:v>1454</x:v>
       </x:c>
       <x:c r="D1191" s="0" t="s">
-        <x:v>2532</x:v>
+        <x:v>2530</x:v>
       </x:c>
       <x:c r="F1191" s="0" t="s">
-        <x:v>103</x:v>
-[...2 lines deleted...]
-        <x:v>2533</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="I1191" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J1191" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="1192" spans="1:10">
       <x:c r="A1192" s="0" t="s">
+        <x:v>2526</x:v>
+      </x:c>
+      <x:c r="B1192" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="C1192" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="D1192" s="0" t="s">
         <x:v>2531</x:v>
       </x:c>
-      <x:c r="B1192" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F1192" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H1192" s="0" t="s">
+        <x:v>2532</x:v>
       </x:c>
       <x:c r="I1192" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J1192" s="0" t="s">
-        <x:v>396</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="1193" spans="1:10">
       <x:c r="A1193" s="0" t="s">
-        <x:v>2531</x:v>
+        <x:v>2533</x:v>
       </x:c>
       <x:c r="B1193" s="0" t="s">
-        <x:v>1453</x:v>
+        <x:v>1395</x:v>
       </x:c>
       <x:c r="C1193" s="0" t="s">
-        <x:v>1454</x:v>
+        <x:v>1396</x:v>
       </x:c>
       <x:c r="D1193" s="0" t="s">
+        <x:v>2534</x:v>
+      </x:c>
+      <x:c r="F1193" s="0" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H1193" s="0" t="s">
         <x:v>2535</x:v>
       </x:c>
-      <x:c r="F1193" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I1193" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J1193" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>396</x:v>
       </x:c>
     </x:row>
     <x:row r="1194" spans="1:10">
       <x:c r="A1194" s="0" t="s">
-        <x:v>2531</x:v>
+        <x:v>2533</x:v>
       </x:c>
       <x:c r="B1194" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="C1194" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="D1194" s="0" t="s">
         <x:v>2536</x:v>
       </x:c>
       <x:c r="F1194" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H1194" s="0" t="s">
         <x:v>2537</x:v>
       </x:c>
       <x:c r="I1194" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J1194" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="1195" spans="1:10">
       <x:c r="A1195" s="0" t="s">
+        <x:v>2533</x:v>
+      </x:c>
+      <x:c r="B1195" s="0" t="s">
+        <x:v>724</x:v>
+      </x:c>
+      <x:c r="C1195" s="0" t="s">
+        <x:v>725</x:v>
+      </x:c>
+      <x:c r="D1195" s="0" t="s">
         <x:v>2538</x:v>
       </x:c>
-      <x:c r="B1195" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H1195" s="0" t="s">
-        <x:v>2540</x:v>
+        <x:v>1124</x:v>
       </x:c>
       <x:c r="I1195" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J1195" s="0" t="s">
         <x:v>396</x:v>
       </x:c>
     </x:row>
     <x:row r="1196" spans="1:10">
       <x:c r="A1196" s="0" t="s">
+        <x:v>2533</x:v>
+      </x:c>
+      <x:c r="B1196" s="0" t="s">
+        <x:v>724</x:v>
+      </x:c>
+      <x:c r="C1196" s="0" t="s">
+        <x:v>725</x:v>
+      </x:c>
+      <x:c r="D1196" s="0" t="s">
         <x:v>2538</x:v>
       </x:c>
-      <x:c r="B1196" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F1196" s="0" t="s">
-        <x:v>103</x:v>
-[...2 lines deleted...]
-        <x:v>2542</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="I1196" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J1196" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>396</x:v>
       </x:c>
     </x:row>
     <x:row r="1197" spans="1:10">
       <x:c r="A1197" s="0" t="s">
-        <x:v>2538</x:v>
+        <x:v>2539</x:v>
       </x:c>
       <x:c r="B1197" s="0" t="s">
-        <x:v>724</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="C1197" s="0" t="s">
-        <x:v>725</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="D1197" s="0" t="s">
-        <x:v>2543</x:v>
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="F1197" s="0" t="s">
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H1197" s="0" t="s">
-        <x:v>1124</x:v>
+        <x:v>2540</x:v>
       </x:c>
       <x:c r="I1197" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J1197" s="0" t="s">
-        <x:v>396</x:v>
+        <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="1198" spans="1:10">
       <x:c r="A1198" s="0" t="s">
-        <x:v>2538</x:v>
+        <x:v>2539</x:v>
       </x:c>
       <x:c r="B1198" s="0" t="s">
-        <x:v>724</x:v>
+        <x:v>1541</x:v>
       </x:c>
       <x:c r="C1198" s="0" t="s">
-        <x:v>725</x:v>
+        <x:v>1542</x:v>
       </x:c>
       <x:c r="D1198" s="0" t="s">
-        <x:v>2543</x:v>
+        <x:v>2541</x:v>
       </x:c>
       <x:c r="F1198" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="H1198" s="0" t="s">
+        <x:v>2542</x:v>
       </x:c>
       <x:c r="I1198" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J1198" s="0" t="s">
-        <x:v>396</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="1199" spans="1:10">
       <x:c r="A1199" s="0" t="s">
+        <x:v>2543</x:v>
+      </x:c>
+      <x:c r="B1199" s="0" t="s">
+        <x:v>2482</x:v>
+      </x:c>
+      <x:c r="C1199" s="0" t="s">
+        <x:v>2483</x:v>
+      </x:c>
+      <x:c r="D1199" s="0" t="s">
+        <x:v>319</x:v>
+      </x:c>
+      <x:c r="F1199" s="0" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H1199" s="0" t="s">
         <x:v>2544</x:v>
       </x:c>
-      <x:c r="B1199" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I1199" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J1199" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="1200" spans="1:10">
       <x:c r="A1200" s="0" t="s">
-        <x:v>2544</x:v>
+        <x:v>2543</x:v>
       </x:c>
       <x:c r="B1200" s="0" t="s">
-        <x:v>1541</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="C1200" s="0" t="s">
-        <x:v>1542</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="D1200" s="0" t="s">
-        <x:v>2546</x:v>
+        <x:v>1307</x:v>
       </x:c>
       <x:c r="F1200" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H1200" s="0" t="s">
-        <x:v>2547</x:v>
+        <x:v>2545</x:v>
       </x:c>
       <x:c r="I1200" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J1200" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="1201" spans="1:10">
       <x:c r="A1201" s="0" t="s">
-        <x:v>2548</x:v>
+        <x:v>2543</x:v>
       </x:c>
       <x:c r="B1201" s="0" t="s">
-        <x:v>2482</x:v>
+        <x:v>1077</x:v>
       </x:c>
       <x:c r="C1201" s="0" t="s">
-        <x:v>2483</x:v>
+        <x:v>2465</x:v>
       </x:c>
       <x:c r="D1201" s="0" t="s">
-        <x:v>319</x:v>
+        <x:v>2546</x:v>
       </x:c>
       <x:c r="F1201" s="0" t="s">
-        <x:v>14</x:v>
-[...2 lines deleted...]
-        <x:v>2549</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="I1201" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J1201" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="1202" spans="1:10">
       <x:c r="A1202" s="0" t="s">
-        <x:v>2548</x:v>
+        <x:v>2543</x:v>
       </x:c>
       <x:c r="B1202" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>2449</x:v>
       </x:c>
       <x:c r="C1202" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>2450</x:v>
       </x:c>
       <x:c r="D1202" s="0" t="s">
-        <x:v>1307</x:v>
+        <x:v>2547</x:v>
       </x:c>
       <x:c r="F1202" s="0" t="s">
-        <x:v>103</x:v>
-[...2 lines deleted...]
-        <x:v>2550</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="I1202" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J1202" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="1203" spans="1:10">
       <x:c r="A1203" s="0" t="s">
         <x:v>2548</x:v>
       </x:c>
       <x:c r="B1203" s="0" t="s">
-        <x:v>1077</x:v>
+        <x:v>2231</x:v>
       </x:c>
       <x:c r="C1203" s="0" t="s">
-        <x:v>2465</x:v>
+        <x:v>2403</x:v>
       </x:c>
       <x:c r="D1203" s="0" t="s">
-        <x:v>2551</x:v>
+        <x:v>2549</x:v>
       </x:c>
       <x:c r="F1203" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H1203" s="0" t="s">
+        <x:v>2550</x:v>
       </x:c>
       <x:c r="I1203" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J1203" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="1204" spans="1:10">
       <x:c r="A1204" s="0" t="s">
-        <x:v>2548</x:v>
+        <x:v>2551</x:v>
       </x:c>
       <x:c r="B1204" s="0" t="s">
-        <x:v>2452</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C1204" s="0" t="s">
-        <x:v>2453</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D1204" s="0" t="s">
         <x:v>2552</x:v>
       </x:c>
       <x:c r="F1204" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="H1204" s="0" t="s">
+        <x:v>2553</x:v>
       </x:c>
       <x:c r="I1204" s="0" t="s">
         <x:v>16</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="1205" spans="1:10">
       <x:c r="A1205" s="0" t="s">
-        <x:v>2553</x:v>
+        <x:v>2551</x:v>
       </x:c>
       <x:c r="B1205" s="0" t="s">
-        <x:v>2231</x:v>
+        <x:v>2426</x:v>
       </x:c>
       <x:c r="C1205" s="0" t="s">
-        <x:v>2403</x:v>
+        <x:v>2427</x:v>
       </x:c>
       <x:c r="D1205" s="0" t="s">
         <x:v>2554</x:v>
       </x:c>
       <x:c r="F1205" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H1205" s="0" t="s">
         <x:v>2555</x:v>
       </x:c>
       <x:c r="I1205" s="0" t="s">
         <x:v>16</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="1206" spans="1:10">
       <x:c r="A1206" s="0" t="s">
         <x:v>2556</x:v>
       </x:c>
       <x:c r="B1206" s="0" t="s">
         <x:v>1695</x:v>
       </x:c>
       <x:c r="C1206" s="0" t="s">
         <x:v>1929</x:v>
       </x:c>
       <x:c r="D1206" s="0" t="s">
         <x:v>1258</x:v>
       </x:c>
       <x:c r="F1206" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H1206" s="0" t="s">
         <x:v>2557</x:v>
       </x:c>
       <x:c r="I1206" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J1206" s="0" t="s">
@@ -38816,51 +38816,51 @@
       </x:c>
       <x:c r="C1218" s="0" t="s">
         <x:v>2407</x:v>
       </x:c>
       <x:c r="D1218" s="0" t="s">
         <x:v>2570</x:v>
       </x:c>
       <x:c r="F1218" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I1218" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="1219" spans="1:10">
       <x:c r="A1219" s="0" t="s">
         <x:v>2571</x:v>
       </x:c>
       <x:c r="B1219" s="0" t="s">
         <x:v>1057</x:v>
       </x:c>
       <x:c r="C1219" s="0" t="s">
         <x:v>1273</x:v>
       </x:c>
       <x:c r="D1219" s="0" t="s">
-        <x:v>2452</x:v>
+        <x:v>2449</x:v>
       </x:c>
       <x:c r="F1219" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I1219" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J1219" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="1220" spans="1:10">
       <x:c r="A1220" s="0" t="s">
         <x:v>2571</x:v>
       </x:c>
       <x:c r="B1220" s="0" t="s">
         <x:v>1318</x:v>
       </x:c>
       <x:c r="C1220" s="0" t="s">
         <x:v>2349</x:v>
       </x:c>
       <x:c r="D1220" s="0" t="s">
         <x:v>1292</x:v>
       </x:c>
       <x:c r="F1220" s="0" t="s">
@@ -39437,54 +39437,54 @@
       </x:c>
       <x:c r="B1245" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C1245" s="0" t="s">
         <x:v>2362</x:v>
       </x:c>
       <x:c r="D1245" s="0" t="s">
         <x:v>1843</x:v>
       </x:c>
       <x:c r="F1245" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I1245" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J1245" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="1246" spans="1:10">
       <x:c r="A1246" s="0" t="s">
         <x:v>2596</x:v>
       </x:c>
       <x:c r="B1246" s="0" t="s">
-        <x:v>2429</x:v>
+        <x:v>2426</x:v>
       </x:c>
       <x:c r="C1246" s="0" t="s">
-        <x:v>2430</x:v>
+        <x:v>2427</x:v>
       </x:c>
       <x:c r="D1246" s="0" t="s">
         <x:v>2598</x:v>
       </x:c>
       <x:c r="F1246" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I1246" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J1246" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="1247" spans="1:10">
       <x:c r="A1247" s="0" t="s">
         <x:v>2596</x:v>
       </x:c>
       <x:c r="B1247" s="0" t="s">
         <x:v>1010</x:v>
       </x:c>
       <x:c r="C1247" s="0" t="s">
         <x:v>2493</x:v>
       </x:c>
       <x:c r="D1247" s="0" t="s">
@@ -39532,51 +39532,51 @@
       </x:c>
       <x:c r="C1249" s="0" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="D1249" s="0" t="s">
         <x:v>2601</x:v>
       </x:c>
       <x:c r="F1249" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I1249" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J1249" s="0" t="s">
         <x:v>396</x:v>
       </x:c>
     </x:row>
     <x:row r="1250" spans="1:10">
       <x:c r="A1250" s="0" t="s">
         <x:v>2596</x:v>
       </x:c>
       <x:c r="B1250" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="C1250" s="0" t="s">
-        <x:v>2436</x:v>
+        <x:v>2433</x:v>
       </x:c>
       <x:c r="D1250" s="0" t="s">
         <x:v>2602</x:v>
       </x:c>
       <x:c r="F1250" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I1250" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J1250" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="1251" spans="1:10">
       <x:c r="A1251" s="0" t="s">
         <x:v>2596</x:v>
       </x:c>
       <x:c r="B1251" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="C1251" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="D1251" s="0" t="s">