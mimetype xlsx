--- v0 (2025-10-14)
+++ v1 (2025-12-13)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec25de0f943f4e3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a9187f28812d4e08b71a8bd6f3787073.psmdcp" Id="R4a6d44b794de479a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d1ad182eb624775" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0fe03801a68e49c9a318291d79795ba3.psmdcp" Id="Rb2327dfb99a744a0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Results-2025 King County 4-H..." sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="868" uniqueCount="868">
   <x:si>
     <x:t>Hierarchy Path</x:t>
   </x:si>
   <x:si>
     <x:t>Exhibitor Number</x:t>
   </x:si>
   <x:si>