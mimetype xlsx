--- v1 (2025-12-13)
+++ v2 (2025-12-13)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d1ad182eb624775" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0fe03801a68e49c9a318291d79795ba3.psmdcp" Id="Rb2327dfb99a744a0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e3fab2ea57e4826" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/41497288f4f3428fbeb1f205a6983935.psmdcp" Id="Rdbca2a859190411e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Results-2025 King County 4-H..." sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="868" uniqueCount="868">
   <x:si>
     <x:t>Hierarchy Path</x:t>
   </x:si>
   <x:si>
     <x:t>Exhibitor Number</x:t>
   </x:si>
   <x:si>