--- v2 (2025-12-13)
+++ v3 (2026-02-07)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e3fab2ea57e4826" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/41497288f4f3428fbeb1f205a6983935.psmdcp" Id="Rdbca2a859190411e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc881c25bd97d4e79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/deb0446bb9f142e7b102c349ab906a75.psmdcp" Id="R8bbc0ab7e1af40fe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Results-2025 King County 4-H..." sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="868" uniqueCount="868">
   <x:si>
     <x:t>Hierarchy Path</x:t>
   </x:si>
   <x:si>
     <x:t>Exhibitor Number</x:t>
   </x:si>
   <x:si>