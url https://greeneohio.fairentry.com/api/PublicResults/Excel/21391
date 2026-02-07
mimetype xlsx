--- v3 (2026-02-07)
+++ v4 (2026-02-07)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc881c25bd97d4e79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/deb0446bb9f142e7b102c349ab906a75.psmdcp" Id="R8bbc0ab7e1af40fe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f065636b1b14f97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ed41b84a0a054a8f9e5c91a389afd472.psmdcp" Id="Ra9218848012f43e8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Results-2025 King County 4-H..." sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="868" uniqueCount="868">
   <x:si>
     <x:t>Hierarchy Path</x:t>
   </x:si>
   <x:si>
     <x:t>Exhibitor Number</x:t>
   </x:si>
   <x:si>