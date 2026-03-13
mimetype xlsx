--- v4 (2026-02-07)
+++ v5 (2026-03-13)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f065636b1b14f97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ed41b84a0a054a8f9e5c91a389afd472.psmdcp" Id="Ra9218848012f43e8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2bf8ed0910e46ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0ab27de899ca4eff9518e2b660018b18.psmdcp" Id="R894b6e0c47a0459d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Results-2025 King County 4-H..." sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="868" uniqueCount="868">
   <x:si>
     <x:t>Hierarchy Path</x:t>
   </x:si>
   <x:si>
     <x:t>Exhibitor Number</x:t>
   </x:si>
   <x:si>