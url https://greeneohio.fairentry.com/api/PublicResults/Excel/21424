--- v0 (2025-10-14)
+++ v1 (2025-11-28)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8627667cb5f34dd8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cc5484de0bbb4031a70ba0dbbc173e25.psmdcp" Id="R0cf59330fa3d400c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3b110c23f1f465d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7d9ee2201d544919b9d4aa95c0c5618e.psmdcp" Id="Rbb3cc93bd0804b6a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Results-2025 Greene County F..." sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1698" uniqueCount="1698">
   <x:si>
     <x:t>Hierarchy Path</x:t>
   </x:si>
   <x:si>
     <x:t>Exhibitor Number</x:t>
   </x:si>
   <x:si>