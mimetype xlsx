--- v1 (2025-11-28)
+++ v2 (2025-12-20)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3b110c23f1f465d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7d9ee2201d544919b9d4aa95c0c5618e.psmdcp" Id="Rbb3cc93bd0804b6a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R144513a1aea44640" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7b566c318c7d48a98eec241f16e6c4e0.psmdcp" Id="R7e2e7296105d45cb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Results-2025 Greene County F..." sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1698" uniqueCount="1698">
   <x:si>
     <x:t>Hierarchy Path</x:t>
   </x:si>
   <x:si>
     <x:t>Exhibitor Number</x:t>
   </x:si>
   <x:si>