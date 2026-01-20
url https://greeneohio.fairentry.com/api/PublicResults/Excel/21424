--- v2 (2025-12-20)
+++ v3 (2026-01-20)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R144513a1aea44640" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7b566c318c7d48a98eec241f16e6c4e0.psmdcp" Id="R7e2e7296105d45cb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2bda0559fe0f45aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c04a5c9aad7d461c97919f672aed1786.psmdcp" Id="R9366a11f743e43d8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Results-2025 Greene County F..." sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1698" uniqueCount="1698">
   <x:si>
     <x:t>Hierarchy Path</x:t>
   </x:si>
   <x:si>
     <x:t>Exhibitor Number</x:t>
   </x:si>
   <x:si>