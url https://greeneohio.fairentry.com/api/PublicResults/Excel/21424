--- v3 (2026-01-20)
+++ v4 (2026-02-13)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2bda0559fe0f45aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c04a5c9aad7d461c97919f672aed1786.psmdcp" Id="R9366a11f743e43d8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8579e68525c44789" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/63376b3b775f46e197db9755acf186f7.psmdcp" Id="R4b39cb717b004115" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Results-2025 Greene County F..." sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1698" uniqueCount="1698">
   <x:si>
     <x:t>Hierarchy Path</x:t>
   </x:si>
   <x:si>
     <x:t>Exhibitor Number</x:t>
   </x:si>
   <x:si>