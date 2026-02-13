--- v4 (2026-02-13)
+++ v5 (2026-02-13)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8579e68525c44789" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/63376b3b775f46e197db9755acf186f7.psmdcp" Id="R4b39cb717b004115" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reaa2a41f19e540f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/458f5356a8cb4fafba05c82c8cfc2910.psmdcp" Id="Re1c00875d80b4913" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Results-2025 Greene County F..." sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1698" uniqueCount="1698">
   <x:si>
     <x:t>Hierarchy Path</x:t>
   </x:si>
   <x:si>
     <x:t>Exhibitor Number</x:t>
   </x:si>
   <x:si>