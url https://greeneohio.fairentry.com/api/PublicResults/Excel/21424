--- v5 (2026-02-13)
+++ v6 (2026-03-06)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reaa2a41f19e540f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/458f5356a8cb4fafba05c82c8cfc2910.psmdcp" Id="Re1c00875d80b4913" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7994158eb2442a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/35b094d3a7304aa6aa9019aa4f57abce.psmdcp" Id="R8547e47500a34b6a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Results-2025 Greene County F..." sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1698" uniqueCount="1698">
   <x:si>
     <x:t>Hierarchy Path</x:t>
   </x:si>
   <x:si>
     <x:t>Exhibitor Number</x:t>
   </x:si>
   <x:si>