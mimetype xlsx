--- v0 (2025-10-14)
+++ v1 (2026-01-01)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ab345db45de4179" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2c5087aa36d2407ba76fd4f898cd4ffe.psmdcp" Id="Rcc7833e850d44ab0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94afada97f3e46c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f85ea2fc7f38442bbd2eb49ec8ce8be7.psmdcp" Id="R186f7f601c2a4eda" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Results-2025 State 4-H Dog S..." sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1698" uniqueCount="1698">
   <x:si>
     <x:t>Hierarchy Path</x:t>
   </x:si>
   <x:si>
     <x:t>Exhibitor Number</x:t>
   </x:si>
   <x:si>
@@ -3650,51 +3650,51 @@
   <x:si>
     <x:t>402</x:t>
   </x:si>
   <x:si>
     <x:t>427</x:t>
   </x:si>
   <x:si>
     <x:t>773</x:t>
   </x:si>
   <x:si>
     <x:t>780</x:t>
   </x:si>
   <x:si>
     <x:t>849</x:t>
   </x:si>
   <x:si>
     <x:t>901</x:t>
   </x:si>
   <x:si>
     <x:t>924</x:t>
   </x:si>
   <x:si>
     <x:t>1320</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Dog  /  Obedience  /  Z042013: Obedience - Four Dog Team</x:t>
+    <x:t xml:space="preserve"> Dog  /  Obedience  /  Z050013: Obedience - Four Dog Team</x:t>
   </x:si>
   <x:si>
     <x:t>11</x:t>
   </x:si>
   <x:si>
     <x:t>Hebel, Mara</x:t>
   </x:si>
   <x:si>
     <x:t>226</x:t>
   </x:si>
   <x:si>
     <x:t>403</x:t>
   </x:si>
   <x:si>
     <x:t>411</x:t>
   </x:si>
   <x:si>
     <x:t>416</x:t>
   </x:si>
   <x:si>
     <x:t>592</x:t>
   </x:si>
   <x:si>
     <x:t>600</x:t>
   </x:si>