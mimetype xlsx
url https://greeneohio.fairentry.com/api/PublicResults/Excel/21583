--- v1 (2026-01-01)
+++ v2 (2026-02-07)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94afada97f3e46c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f85ea2fc7f38442bbd2eb49ec8ce8be7.psmdcp" Id="R186f7f601c2a4eda" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R434c4abbac744b54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c5b47b2aeb244cbda96c06e213836eeb.psmdcp" Id="R91f9c0d0da7348a1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Results-2025 State 4-H Dog S..." sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1698" uniqueCount="1698">
   <x:si>
     <x:t>Hierarchy Path</x:t>
   </x:si>
   <x:si>
     <x:t>Exhibitor Number</x:t>
   </x:si>
   <x:si>