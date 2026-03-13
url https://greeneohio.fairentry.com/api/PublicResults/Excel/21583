--- v2 (2026-02-07)
+++ v3 (2026-03-13)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R434c4abbac744b54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c5b47b2aeb244cbda96c06e213836eeb.psmdcp" Id="R91f9c0d0da7348a1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f393c4bb4fd4912" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/074c4b908f3841f1ae1c19b581d6badd.psmdcp" Id="Rf704fc60bb664068" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Results-2025 State 4-H Dog S..." sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1698" uniqueCount="1698">
   <x:si>
     <x:t>Hierarchy Path</x:t>
   </x:si>
   <x:si>
     <x:t>Exhibitor Number</x:t>
   </x:si>
   <x:si>