--- v0 (2025-10-14)
+++ v1 (2026-01-01)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R434fc016b3314c0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/59f711ae2e4847408abc1fba10dac272.psmdcp" Id="Rca219b08362c4e83" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28a6ddfacbc94c71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bbcb0d301068479f9337fedb76a87132.psmdcp" Id="R7d1b409a5a14451a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Results-2025 State 4-H Horse..." sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1858" uniqueCount="1858">
   <x:si>
     <x:t>Hierarchy Path</x:t>
   </x:si>
   <x:si>
     <x:t>Exhibitor Number</x:t>
   </x:si>
   <x:si>