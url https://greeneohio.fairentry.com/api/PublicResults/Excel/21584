--- v1 (2026-01-01)
+++ v2 (2026-02-07)
@@ -1,112 +1,112 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28a6ddfacbc94c71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bbcb0d301068479f9337fedb76a87132.psmdcp" Id="R7d1b409a5a14451a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15fa620afaa54d14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f493b49ea1dc4359b9368f68789dd9b0.psmdcp" Id="R1908faa4aadd4bb8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Results-2025 State 4-H Horse..." sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1858" uniqueCount="1858">
   <x:si>
     <x:t>Hierarchy Path</x:t>
   </x:si>
   <x:si>
     <x:t>Exhibitor Number</x:t>
   </x:si>
   <x:si>
     <x:t>Exhibitor Name</x:t>
   </x:si>
   <x:si>
     <x:t>Entry Number</x:t>
   </x:si>
   <x:si>
     <x:t>Entry Description</x:t>
   </x:si>
   <x:si>
     <x:t>Ribbon</x:t>
   </x:si>
   <x:si>
     <x:t>Placing</x:t>
   </x:si>
   <x:si>
     <x:t>Awards</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Club</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Horse  /  English  /  Y009001: Horse - Saddle Seat Pleasure</x:t>
+    <x:t xml:space="preserve"> Horse  /  English  /  Y009001: Saddle Seat Pleasure</x:t>
   </x:si>
   <x:si>
     <x:t>121</x:t>
   </x:si>
   <x:si>
     <x:t>Ryan, Tessa</x:t>
   </x:si>
   <x:si>
     <x:t>552</x:t>
   </x:si>
   <x:si>
     <x:t>1</x:t>
   </x:si>
   <x:si>
     <x:t>Winona</x:t>
   </x:si>
   <x:si>
     <x:t>Barn Buddies</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Horse  /  English  /  Y009002: Horse - Hunt Seat Pleasure - Pleasure Type, Grade 10+</x:t>
+    <x:t xml:space="preserve"> Horse  /  English  /  Y009002: Hunt Seat Pleasure - Pleasure Type, Grade 10+</x:t>
   </x:si>
   <x:si>
     <x:t>58</x:t>
   </x:si>
   <x:si>
     <x:t>Mongan, Peyton</x:t>
   </x:si>
   <x:si>
     <x:t>286</x:t>
   </x:si>
   <x:si>
     <x:t>4</x:t>
   </x:si>
   <x:si>
     <x:t>Cass</x:t>
   </x:si>
   <x:si>
     <x:t>Independent - Cass County</x:t>
   </x:si>
   <x:si>
     <x:t>451</x:t>
   </x:si>
   <x:si>
     <x:t>Schlegel, Brooke</x:t>
   </x:si>
@@ -134,141 +134,141 @@
   <x:si>
     <x:t>Mille Lacs</x:t>
   </x:si>
   <x:si>
     <x:t>Mille Lacs County 4-H Horse Project Club</x:t>
   </x:si>
   <x:si>
     <x:t>598</x:t>
   </x:si>
   <x:si>
     <x:t>Wieweck, Chloe</x:t>
   </x:si>
   <x:si>
     <x:t>2584</x:t>
   </x:si>
   <x:si>
     <x:t>3</x:t>
   </x:si>
   <x:si>
     <x:t>McLeod</x:t>
   </x:si>
   <x:si>
     <x:t>McLeod County 4-H Riders</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Horse  /  English  /  Y009003: Horse - Hunt Seat Pleasure - Pleasure Type, Grade 6-9</x:t>
+    <x:t xml:space="preserve"> Horse  /  English  /  Y009003: Hunt Seat Pleasure - Pleasure Type, Grade 6-9</x:t>
   </x:si>
   <x:si>
     <x:t>188</x:t>
   </x:si>
   <x:si>
     <x:t>Nicholls, Taylor</x:t>
   </x:si>
   <x:si>
     <x:t>801</x:t>
   </x:si>
   <x:si>
     <x:t>Anoka</x:t>
   </x:si>
   <x:si>
     <x:t>Dandy Linos</x:t>
   </x:si>
   <x:si>
     <x:t>316</x:t>
   </x:si>
   <x:si>
     <x:t>Frenchick, Audrey</x:t>
   </x:si>
   <x:si>
     <x:t>1369</x:t>
   </x:si>
   <x:si>
     <x:t>Meeker</x:t>
   </x:si>
   <x:si>
     <x:t>Koronis Eager Beavers</x:t>
   </x:si>
   <x:si>
     <x:t>428</x:t>
   </x:si>
   <x:si>
     <x:t>Sustercich, Juliana</x:t>
   </x:si>
   <x:si>
     <x:t>1833</x:t>
   </x:si>
   <x:si>
     <x:t>Crow Wing</x:t>
   </x:si>
   <x:si>
     <x:t>Northern Reins</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Horse  /  English  /  Y009004: Horse - Hunt Seat Pleasure, Grade 13</x:t>
+    <x:t xml:space="preserve"> Horse  /  English  /  Y009004: Hunt Seat Pleasure, Grade 13</x:t>
   </x:si>
   <x:si>
     <x:t>103</x:t>
   </x:si>
   <x:si>
     <x:t>Brendemuhl, Madeline</x:t>
   </x:si>
   <x:si>
     <x:t>479</x:t>
   </x:si>
   <x:si>
     <x:t>Clay</x:t>
   </x:si>
   <x:si>
     <x:t>Morken Lucky Leaf</x:t>
   </x:si>
   <x:si>
     <x:t>112</x:t>
   </x:si>
   <x:si>
     <x:t>Anderson, Abigail</x:t>
   </x:si>
   <x:si>
     <x:t>Stable Mates</x:t>
   </x:si>
   <x:si>
     <x:t>226</x:t>
   </x:si>
   <x:si>
     <x:t>Henningsgaard, Eva</x:t>
   </x:si>
   <x:si>
     <x:t>955</x:t>
   </x:si>
   <x:si>
     <x:t>Yellow Medicine</x:t>
   </x:si>
   <x:si>
     <x:t>YM Horse Club</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Horse  /  English  /  Y009005: Horse - Hunt Seat Pleasure, Grade 12</x:t>
+    <x:t xml:space="preserve"> Horse  /  English  /  Y009005: Hunt Seat Pleasure, Grade 12</x:t>
   </x:si>
   <x:si>
     <x:t>249</x:t>
   </x:si>
   <x:si>
     <x:t>Johnson, Madyson</x:t>
   </x:si>
   <x:si>
     <x:t>1062</x:t>
   </x:si>
   <x:si>
     <x:t>Olmsted</x:t>
   </x:si>
   <x:si>
     <x:t>Eyota Wonder Workers</x:t>
   </x:si>
   <x:si>
     <x:t>Fjerkenstad, Eliana</x:t>
   </x:si>
   <x:si>
     <x:t>1219</x:t>
   </x:si>
   <x:si>
     <x:t>Chippewa</x:t>
   </x:si>
@@ -281,51 +281,51 @@
   <x:si>
     <x:t>Reynolds, Michelle</x:t>
   </x:si>
   <x:si>
     <x:t>2240</x:t>
   </x:si>
   <x:si>
     <x:t>Silver Lakers</x:t>
   </x:si>
   <x:si>
     <x:t>607</x:t>
   </x:si>
   <x:si>
     <x:t>DeBoer, Paige</x:t>
   </x:si>
   <x:si>
     <x:t>2627</x:t>
   </x:si>
   <x:si>
     <x:t>Martin</x:t>
   </x:si>
   <x:si>
     <x:t>Pleasant Prairie</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Horse  /  English  /  Y009006: Horse - Hunt Seat Pleasure, Grade 11</x:t>
+    <x:t xml:space="preserve"> Horse  /  English  /  Y009006: Hunt Seat Pleasure, Grade 11</x:t>
   </x:si>
   <x:si>
     <x:t>243</x:t>
   </x:si>
   <x:si>
     <x:t>Huinker, Jessica</x:t>
   </x:si>
   <x:si>
     <x:t>1040</x:t>
   </x:si>
   <x:si>
     <x:t>7</x:t>
   </x:si>
   <x:si>
     <x:t>Lucky Horseshoe</x:t>
   </x:si>
   <x:si>
     <x:t>382</x:t>
   </x:si>
   <x:si>
     <x:t>Schoenfeld, Jilian</x:t>
   </x:si>
   <x:si>
     <x:t>1651</x:t>
   </x:si>
@@ -404,51 +404,51 @@
   <x:si>
     <x:t>Beltrami</x:t>
   </x:si>
   <x:si>
     <x:t>Aure Active Ants</x:t>
   </x:si>
   <x:si>
     <x:t>560</x:t>
   </x:si>
   <x:si>
     <x:t>Milbrandt, Isabelle</x:t>
   </x:si>
   <x:si>
     <x:t>2427</x:t>
   </x:si>
   <x:si>
     <x:t>5</x:t>
   </x:si>
   <x:si>
     <x:t>Lac qui Parle</x:t>
   </x:si>
   <x:si>
     <x:t>Silver Spurs</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Horse  /  English  /  Y009007: Horse - Hunt Seat Pleasure, Grade 10</x:t>
+    <x:t xml:space="preserve"> Horse  /  English  /  Y009007: Hunt Seat Pleasure, Grade 10</x:t>
   </x:si>
   <x:si>
     <x:t>91</x:t>
   </x:si>
   <x:si>
     <x:t>Kensy, Tayler</x:t>
   </x:si>
   <x:si>
     <x:t>438</x:t>
   </x:si>
   <x:si>
     <x:t>Chisago</x:t>
   </x:si>
   <x:si>
     <x:t>Excelsior</x:t>
   </x:si>
   <x:si>
     <x:t>189</x:t>
   </x:si>
   <x:si>
     <x:t>Paradise, Libby</x:t>
   </x:si>
   <x:si>
     <x:t>810</x:t>
   </x:si>
@@ -512,51 +512,51 @@
   <x:si>
     <x:t>1959</x:t>
   </x:si>
   <x:si>
     <x:t>Nicollet</x:t>
   </x:si>
   <x:si>
     <x:t>Riverbend Riders</x:t>
   </x:si>
   <x:si>
     <x:t>492</x:t>
   </x:si>
   <x:si>
     <x:t>Burke, Halle</x:t>
   </x:si>
   <x:si>
     <x:t>2103</x:t>
   </x:si>
   <x:si>
     <x:t>Mower</x:t>
   </x:si>
   <x:si>
     <x:t>Enterprise</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Horse  /  English  /  Y009008: Horse - Hunt Seat Pleasure, Grade 9</x:t>
+    <x:t xml:space="preserve"> Horse  /  English  /  Y009008: Hunt Seat Pleasure, Grade 9</x:t>
   </x:si>
   <x:si>
     <x:t>211</x:t>
   </x:si>
   <x:si>
     <x:t>Robertson, Mackenzie</x:t>
   </x:si>
   <x:si>
     <x:t>894</x:t>
   </x:si>
   <x:si>
     <x:t>Roseau</x:t>
   </x:si>
   <x:si>
     <x:t>Independent Members - Roseau County</x:t>
   </x:si>
   <x:si>
     <x:t>296</x:t>
   </x:si>
   <x:si>
     <x:t>Thoeny, Nicole</x:t>
   </x:si>
   <x:si>
     <x:t>1262</x:t>
   </x:si>
@@ -614,51 +614,51 @@
   <x:si>
     <x:t>Aschenbrenner, Blaire</x:t>
   </x:si>
   <x:si>
     <x:t>1941</x:t>
   </x:si>
   <x:si>
     <x:t>Bernadotte</x:t>
   </x:si>
   <x:si>
     <x:t>562</x:t>
   </x:si>
   <x:si>
     <x:t>Meyer, Audrina</x:t>
   </x:si>
   <x:si>
     <x:t>2440</x:t>
   </x:si>
   <x:si>
     <x:t>Goodhue</x:t>
   </x:si>
   <x:si>
     <x:t>Florence Wizards</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Horse  /  English  /  Y009009: Horse - Hunt Seat Pleasure, Grade 8</x:t>
+    <x:t xml:space="preserve"> Horse  /  English  /  Y009009: Hunt Seat Pleasure, Grade 8</x:t>
   </x:si>
   <x:si>
     <x:t>115</x:t>
   </x:si>
   <x:si>
     <x:t>Olson, Lydia</x:t>
   </x:si>
   <x:si>
     <x:t>529</x:t>
   </x:si>
   <x:si>
     <x:t>153</x:t>
   </x:si>
   <x:si>
     <x:t>Davis, Delaney</x:t>
   </x:si>
   <x:si>
     <x:t>673</x:t>
   </x:si>
   <x:si>
     <x:t>Redwood</x:t>
   </x:si>
   <x:si>
     <x:t>Valley Blazers</x:t>
   </x:si>
@@ -698,51 +698,51 @@
   <x:si>
     <x:t>St. Louis - North</x:t>
   </x:si>
   <x:si>
     <x:t>Wilpen</x:t>
   </x:si>
   <x:si>
     <x:t>528</x:t>
   </x:si>
   <x:si>
     <x:t>Struffert, Brianna</x:t>
   </x:si>
   <x:si>
     <x:t>2367</x:t>
   </x:si>
   <x:si>
     <x:t>608</x:t>
   </x:si>
   <x:si>
     <x:t>Eisenmenger, Josephine</x:t>
   </x:si>
   <x:si>
     <x:t>2635</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Horse  /  English  /  Y009010: Horse - Hunt Seat Pleasure, Grade 7</x:t>
+    <x:t xml:space="preserve"> Horse  /  English  /  Y009010: Hunt Seat Pleasure, Grade 7</x:t>
   </x:si>
   <x:si>
     <x:t>128</x:t>
   </x:si>
   <x:si>
     <x:t>Schurrer, Alexandra</x:t>
   </x:si>
   <x:si>
     <x:t>594</x:t>
   </x:si>
   <x:si>
     <x:t>Sherburne</x:t>
   </x:si>
   <x:si>
     <x:t>Independent - Sherburne County</x:t>
   </x:si>
   <x:si>
     <x:t>288</x:t>
   </x:si>
   <x:si>
     <x:t>Johnson, Charlotte</x:t>
   </x:si>
   <x:si>
     <x:t>1244</x:t>
   </x:si>
@@ -821,225 +821,225 @@
   <x:si>
     <x:t>Hugoson, Zoe</x:t>
   </x:si>
   <x:si>
     <x:t>2658</x:t>
   </x:si>
   <x:si>
     <x:t>East Chain</x:t>
   </x:si>
   <x:si>
     <x:t>643</x:t>
   </x:si>
   <x:si>
     <x:t>Novak, Morgan</x:t>
   </x:si>
   <x:si>
     <x:t>2763</x:t>
   </x:si>
   <x:si>
     <x:t>Houston</x:t>
   </x:si>
   <x:si>
     <x:t>Mayville Blue Ribbon Strivers</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Horse  /  English  /  Y009011: Horse - Hunt Seat Pleasure, Grade 6</x:t>
+    <x:t xml:space="preserve"> Horse  /  English  /  Y009011: Hunt Seat Pleasure, Grade 6</x:t>
   </x:si>
   <x:si>
     <x:t>391</x:t>
   </x:si>
   <x:si>
     <x:t>Sveen, Bryndle</x:t>
   </x:si>
   <x:si>
     <x:t>1696</x:t>
   </x:si>
   <x:si>
     <x:t>Lanesboro Livewires</x:t>
   </x:si>
   <x:si>
     <x:t>563</x:t>
   </x:si>
   <x:si>
     <x:t>Ronningen, Kinsley</x:t>
   </x:si>
   <x:si>
     <x:t>2446</x:t>
   </x:si>
   <x:si>
     <x:t>585</x:t>
   </x:si>
   <x:si>
     <x:t>Jackels, Jada</x:t>
   </x:si>
   <x:si>
     <x:t>2514</x:t>
   </x:si>
   <x:si>
     <x:t>602</x:t>
   </x:si>
   <x:si>
     <x:t>Goblish, Abigail</x:t>
   </x:si>
   <x:si>
     <x:t>2597</x:t>
   </x:si>
   <x:si>
     <x:t>Lyon</x:t>
   </x:si>
   <x:si>
     <x:t>Swan Lake Skippers</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Horse  /  English  /  Y009012: Horse - Saddle Seat Equitation</x:t>
+    <x:t xml:space="preserve"> Horse  /  English  /  Y009012: Saddle Seat Equitation</x:t>
   </x:si>
   <x:si>
     <x:t>553</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Horse  /  English  /  Y009013: Horse - Hunt Seat Equitation, Grade 13</x:t>
+    <x:t xml:space="preserve"> Horse  /  English  /  Y009013: Hunt Seat Equitation, Grade 13</x:t>
   </x:si>
   <x:si>
     <x:t>185</x:t>
   </x:si>
   <x:si>
     <x:t>Mailand, Victoria</x:t>
   </x:si>
   <x:si>
     <x:t>789</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Horse  /  English  /  Y009014: Horse - Hunt Seat Equitation, Grade 12</x:t>
+    <x:t xml:space="preserve"> Horse  /  English  /  Y009014: Hunt Seat Equitation, Grade 12</x:t>
   </x:si>
   <x:si>
     <x:t>1063</x:t>
   </x:si>
   <x:si>
     <x:t>1220</x:t>
   </x:si>
   <x:si>
     <x:t>36</x:t>
   </x:si>
   <x:si>
     <x:t>Thompson, Clara</x:t>
   </x:si>
   <x:si>
     <x:t>2092</x:t>
   </x:si>
   <x:si>
     <x:t>2241</x:t>
   </x:si>
   <x:si>
     <x:t>617</x:t>
   </x:si>
   <x:si>
     <x:t>Nelson, EllieRose</x:t>
   </x:si>
   <x:si>
     <x:t>2668</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Horse  /  English  /  Y009015: Horse - Hunt Seat Equitation, Grade 11</x:t>
+    <x:t xml:space="preserve"> Horse  /  English  /  Y009015: Hunt Seat Equitation, Grade 11</x:t>
   </x:si>
   <x:si>
     <x:t>294</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Johnson, Kendall </x:t>
   </x:si>
   <x:si>
     <x:t>1270</x:t>
   </x:si>
   <x:si>
     <x:t>309</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Weigelt, Peyton </x:t>
   </x:si>
   <x:si>
     <x:t>1341</x:t>
   </x:si>
   <x:si>
     <x:t>Wright</x:t>
   </x:si>
   <x:si>
     <x:t>Wild West Ranchers</x:t>
   </x:si>
   <x:si>
     <x:t>1652</x:t>
   </x:si>
   <x:si>
     <x:t>1733</x:t>
   </x:si>
   <x:si>
     <x:t>1743</x:t>
   </x:si>
   <x:si>
     <x:t>2194</x:t>
   </x:si>
   <x:si>
     <x:t>2213</x:t>
   </x:si>
   <x:si>
     <x:t>2585</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Horse  /  English  /  Y009016: Horse - Hunt Seat Equitation, Grade 10</x:t>
+    <x:t xml:space="preserve"> Horse  /  English  /  Y009016: Hunt Seat Equitation, Grade 10</x:t>
   </x:si>
   <x:si>
     <x:t>811</x:t>
   </x:si>
   <x:si>
     <x:t>915</x:t>
   </x:si>
   <x:si>
     <x:t>1057</x:t>
   </x:si>
   <x:si>
     <x:t>1162</x:t>
   </x:si>
   <x:si>
     <x:t>2104</x:t>
   </x:si>
   <x:si>
     <x:t>2228</x:t>
   </x:si>
   <x:si>
     <x:t>541</x:t>
   </x:si>
   <x:si>
     <x:t>Mellema, Wendy</x:t>
   </x:si>
   <x:si>
     <x:t>2329</x:t>
   </x:si>
   <x:si>
     <x:t>Frohn Willing Workers</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Horse  /  English  /  Y009017: Horse - Hunt Seat Equitation, Grade 9</x:t>
+    <x:t xml:space="preserve"> Horse  /  English  /  Y009017: Hunt Seat Equitation, Grade 9</x:t>
   </x:si>
   <x:si>
     <x:t>895</x:t>
   </x:si>
   <x:si>
     <x:t>250</x:t>
   </x:si>
   <x:si>
     <x:t>Allen, Brianna</x:t>
   </x:si>
   <x:si>
     <x:t>1071</x:t>
   </x:si>
   <x:si>
     <x:t>1279</x:t>
   </x:si>
   <x:si>
     <x:t>381</x:t>
   </x:si>
   <x:si>
     <x:t>Boersma, Brienna</x:t>
   </x:si>
   <x:si>
     <x:t>1646</x:t>
   </x:si>
@@ -1067,99 +1067,99 @@
   <x:si>
     <x:t>502</x:t>
   </x:si>
   <x:si>
     <x:t>Hartman, Levi</x:t>
   </x:si>
   <x:si>
     <x:t>2160</x:t>
   </x:si>
   <x:si>
     <x:t>New Horizons</x:t>
   </x:si>
   <x:si>
     <x:t>538</x:t>
   </x:si>
   <x:si>
     <x:t>Davis, Dream</x:t>
   </x:si>
   <x:si>
     <x:t>2304</x:t>
   </x:si>
   <x:si>
     <x:t>2441</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Horse  /  English  /  Y009018: Horse - Hunt Seat Equitation, Grade 8</x:t>
+    <x:t xml:space="preserve"> Horse  /  English  /  Y009018: Hunt Seat Equitation, Grade 8</x:t>
   </x:si>
   <x:si>
     <x:t>674</x:t>
   </x:si>
   <x:si>
     <x:t>716</x:t>
   </x:si>
   <x:si>
     <x:t>228</x:t>
   </x:si>
   <x:si>
     <x:t>Freudenberg, Audry</x:t>
   </x:si>
   <x:si>
     <x:t>969</x:t>
   </x:si>
   <x:si>
     <x:t>Isanti</x:t>
   </x:si>
   <x:si>
     <x:t>Independent - Isanti County</x:t>
   </x:si>
   <x:si>
     <x:t>237</x:t>
   </x:si>
   <x:si>
     <x:t>Spike, Scarlett</x:t>
   </x:si>
   <x:si>
     <x:t>1007</x:t>
   </x:si>
   <x:si>
     <x:t>Lakeside Victory</x:t>
   </x:si>
   <x:si>
     <x:t>1370</x:t>
   </x:si>
   <x:si>
     <x:t>1422</x:t>
   </x:si>
   <x:si>
     <x:t>2368</x:t>
   </x:si>
   <x:si>
     <x:t>2636</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Horse  /  English  /  Y009019: Horse - Hunt Seat Equitation, Grade 7</x:t>
+    <x:t xml:space="preserve"> Horse  /  English  /  Y009019: Hunt Seat Equitation, Grade 7</x:t>
   </x:si>
   <x:si>
     <x:t>238</x:t>
   </x:si>
   <x:si>
     <x:t>Tucker, Myah</x:t>
   </x:si>
   <x:si>
     <x:t>1012</x:t>
   </x:si>
   <x:si>
     <x:t>1245</x:t>
   </x:si>
   <x:si>
     <x:t>2309</x:t>
   </x:si>
   <x:si>
     <x:t>2318</x:t>
   </x:si>
   <x:si>
     <x:t>591</x:t>
   </x:si>
   <x:si>
     <x:t>Wildgrube, Claire</x:t>
   </x:si>
@@ -1175,180 +1175,180 @@
   <x:si>
     <x:t>603</x:t>
   </x:si>
   <x:si>
     <x:t>Goblish, Sophia</x:t>
   </x:si>
   <x:si>
     <x:t>2605</x:t>
   </x:si>
   <x:si>
     <x:t>626</x:t>
   </x:si>
   <x:si>
     <x:t>Raguse, Lydia</x:t>
   </x:si>
   <x:si>
     <x:t>2697</x:t>
   </x:si>
   <x:si>
     <x:t>Wilkin</x:t>
   </x:si>
   <x:si>
     <x:t>Deep Valley</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Horse  /  English  /  Y009020: Horse - Hunt Seat Equitation, Grade 6</x:t>
+    <x:t xml:space="preserve"> Horse  /  English  /  Y009020: Hunt Seat Equitation, Grade 6</x:t>
   </x:si>
   <x:si>
     <x:t>200</x:t>
   </x:si>
   <x:si>
     <x:t>Devine, Hayden</x:t>
   </x:si>
   <x:si>
     <x:t>847</x:t>
   </x:si>
   <x:si>
     <x:t>Rock</x:t>
   </x:si>
   <x:si>
     <x:t>Springdell</x:t>
   </x:si>
   <x:si>
     <x:t>247</x:t>
   </x:si>
   <x:si>
     <x:t>Ray, Delia</x:t>
   </x:si>
   <x:si>
     <x:t>1052</x:t>
   </x:si>
   <x:si>
     <x:t>496</x:t>
   </x:si>
   <x:si>
     <x:t>Bunne, Allie</x:t>
   </x:si>
   <x:si>
     <x:t>2128</x:t>
   </x:si>
   <x:si>
     <x:t>LeRoy Wide Awake</x:t>
   </x:si>
   <x:si>
     <x:t>2447</x:t>
   </x:si>
   <x:si>
     <x:t>2598</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Horse  /  English  /  Y009021: Horse - Pony Hunt Seat Pleasure, All Grades</x:t>
+    <x:t xml:space="preserve"> Horse  /  English  /  Y009021: Pony Hunt Seat Pleasure, All Grades</x:t>
   </x:si>
   <x:si>
     <x:t>102</x:t>
   </x:si>
   <x:si>
     <x:t>Brendemuhl, Jacqueline</x:t>
   </x:si>
   <x:si>
     <x:t>472</x:t>
   </x:si>
   <x:si>
     <x:t>790</x:t>
   </x:si>
   <x:si>
     <x:t>1048</x:t>
   </x:si>
   <x:si>
     <x:t>260</x:t>
   </x:si>
   <x:si>
     <x:t>Brooks, Aurora</x:t>
   </x:si>
   <x:si>
     <x:t>1112</x:t>
   </x:si>
   <x:si>
     <x:t>Scott</x:t>
   </x:si>
   <x:si>
     <x:t>Horse Club</x:t>
   </x:si>
   <x:si>
     <x:t>604</x:t>
   </x:si>
   <x:si>
     <x:t>Hicks, Mallorie</x:t>
   </x:si>
   <x:si>
     <x:t>2621</x:t>
   </x:si>
   <x:si>
     <x:t>Amiret Busy Bees</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Horse  /  Equestrians with disabilities  /  Y011001: Horse - Assisted - Flat Class-Western or English Equitation, walk, trot with volunteer / mentors as needed</x:t>
+    <x:t xml:space="preserve"> Horse  /  Equestrians with disabilities  /  Y011001: Assisted - Flat Class-Western or English Equitation, walk, trot with volunteer / mentors as needed</x:t>
   </x:si>
   <x:si>
     <x:t>111</x:t>
   </x:si>
   <x:si>
     <x:t>Demmer, Tatum</x:t>
   </x:si>
   <x:si>
     <x:t>512</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Horse  /  Equestrians with disabilities  /  Y011002: Horse - Assisted - Obstacle Game Class, Key Hole pattern, walk, trot with volunteer / mentors as needed</x:t>
+    <x:t xml:space="preserve"> Horse  /  Equestrians with disabilities  /  Y011002: Assisted - Obstacle Game Class, Key Hole pattern, walk, trot with volunteer / mentors as needed</x:t>
   </x:si>
   <x:si>
     <x:t>513</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Horse  /  Equestrians with disabilities  /  Y011003: Horse - Unassisted - Flat Class-Western or English Equitation, walk, trot, unassisted (spotter requested)</x:t>
+    <x:t xml:space="preserve"> Horse  /  Equestrians with disabilities  /  Y011003: Unassisted - Flat Class-Western or English Equitation, walk, trot, unassisted (spotter requested)</x:t>
   </x:si>
   <x:si>
     <x:t>233</x:t>
   </x:si>
   <x:si>
     <x:t>Schroeder, Brooke</x:t>
   </x:si>
   <x:si>
     <x:t>987</x:t>
   </x:si>
   <x:si>
     <x:t>Long Lake Leaders</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Horse  /  Equestrians with disabilities  /  Y011004: Horse - Unassisted - Obstacle Game Class, Key Hole pattern, walk, trot, unassisted (spotter requested)</x:t>
+    <x:t xml:space="preserve"> Horse  /  Equestrians with disabilities  /  Y011004: Unassisted - Obstacle Game Class, Key Hole pattern, walk, trot, unassisted (spotter requested)</x:t>
   </x:si>
   <x:si>
     <x:t>988</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Horse  /  Games  /  Y006001: Horse - Poles, Grade 13</x:t>
+    <x:t xml:space="preserve"> Horse  /  Games  /  Y006001: Poles, Grade 13</x:t>
   </x:si>
   <x:si>
     <x:t>15</x:t>
   </x:si>
   <x:si>
     <x:t>Koning, Faith</x:t>
   </x:si>
   <x:si>
     <x:t>46</x:t>
   </x:si>
   <x:si>
     <x:t>Wadena</x:t>
   </x:si>
   <x:si>
     <x:t>Wadena Juniors</x:t>
   </x:si>
   <x:si>
     <x:t>96</x:t>
   </x:si>
   <x:si>
     <x:t>Nelson, Avery</x:t>
   </x:si>
   <x:si>
     <x:t>449</x:t>
   </x:si>
@@ -1424,51 +1424,51 @@
   <x:si>
     <x:t>519</x:t>
   </x:si>
   <x:si>
     <x:t>Martinson, Matalyn</x:t>
   </x:si>
   <x:si>
     <x:t>2232</x:t>
   </x:si>
   <x:si>
     <x:t>648</x:t>
   </x:si>
   <x:si>
     <x:t>Slack, Abigail</x:t>
   </x:si>
   <x:si>
     <x:t>2774</x:t>
   </x:si>
   <x:si>
     <x:t>Douglas</x:t>
   </x:si>
   <x:si>
     <x:t>Moe</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Horse  /  Games  /  Y006002: Horse - Poles, Grade 12</x:t>
+    <x:t xml:space="preserve"> Horse  /  Games  /  Y006002: Poles, Grade 12</x:t>
   </x:si>
   <x:si>
     <x:t>118</x:t>
   </x:si>
   <x:si>
     <x:t>Borud, Will</x:t>
   </x:si>
   <x:si>
     <x:t>542</x:t>
   </x:si>
   <x:si>
     <x:t>122</x:t>
   </x:si>
   <x:si>
     <x:t>Burt, Liz</x:t>
   </x:si>
   <x:si>
     <x:t>565</x:t>
   </x:si>
   <x:si>
     <x:t>152</x:t>
   </x:si>
   <x:si>
     <x:t>Kodet, Morgan</x:t>
   </x:si>
@@ -1532,51 +1532,51 @@
   <x:si>
     <x:t>2095</x:t>
   </x:si>
   <x:si>
     <x:t>Stevens</x:t>
   </x:si>
   <x:si>
     <x:t>Stampede</x:t>
   </x:si>
   <x:si>
     <x:t>576</x:t>
   </x:si>
   <x:si>
     <x:t>Ludwig, Madasyn</x:t>
   </x:si>
   <x:si>
     <x:t>2483</x:t>
   </x:si>
   <x:si>
     <x:t>Swift</x:t>
   </x:si>
   <x:si>
     <x:t>Clontarf Haymakers</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Horse  /  Games  /  Y006003: Horse - Poles, Grade 11</x:t>
+    <x:t xml:space="preserve"> Horse  /  Games  /  Y006003: Poles, Grade 11</x:t>
   </x:si>
   <x:si>
     <x:t>93</x:t>
   </x:si>
   <x:si>
     <x:t>LaVine, Kirstin</x:t>
   </x:si>
   <x:si>
     <x:t>443</x:t>
   </x:si>
   <x:si>
     <x:t>170</x:t>
   </x:si>
   <x:si>
     <x:t>Larson, Bethany</x:t>
   </x:si>
   <x:si>
     <x:t>733</x:t>
   </x:si>
   <x:si>
     <x:t>Happy Acres</x:t>
   </x:si>
   <x:si>
     <x:t>229</x:t>
   </x:si>
@@ -1640,51 +1640,51 @@
   <x:si>
     <x:t>597</x:t>
   </x:si>
   <x:si>
     <x:t>Kuttner, Meisha</x:t>
   </x:si>
   <x:si>
     <x:t>2577</x:t>
   </x:si>
   <x:si>
     <x:t>658</x:t>
   </x:si>
   <x:si>
     <x:t>McNamara, Riley</x:t>
   </x:si>
   <x:si>
     <x:t>2808</x:t>
   </x:si>
   <x:si>
     <x:t>Carlton</x:t>
   </x:si>
   <x:si>
     <x:t>Rowdy Wranglers</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Horse  /  Games  /  Y006004: Horse - Poles, Grade 10</x:t>
+    <x:t xml:space="preserve"> Horse  /  Games  /  Y006004: Poles, Grade 10</x:t>
   </x:si>
   <x:si>
     <x:t>81</x:t>
   </x:si>
   <x:si>
     <x:t>Schneider, Audrianna</x:t>
   </x:si>
   <x:si>
     <x:t>404</x:t>
   </x:si>
   <x:si>
     <x:t>Aitkin</x:t>
   </x:si>
   <x:si>
     <x:t>Young Riders</x:t>
   </x:si>
   <x:si>
     <x:t>106</x:t>
   </x:si>
   <x:si>
     <x:t>Jackson, Katie</x:t>
   </x:si>
   <x:si>
     <x:t>236</x:t>
   </x:si>
@@ -1745,51 +1745,51 @@
   <x:si>
     <x:t>636</x:t>
   </x:si>
   <x:si>
     <x:t>Zidarich, Nayeli</x:t>
   </x:si>
   <x:si>
     <x:t>2727</x:t>
   </x:si>
   <x:si>
     <x:t>Itasca</x:t>
   </x:si>
   <x:si>
     <x:t>Horse Project</x:t>
   </x:si>
   <x:si>
     <x:t>656</x:t>
   </x:si>
   <x:si>
     <x:t>Coleman, Keaira</x:t>
   </x:si>
   <x:si>
     <x:t>2801</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Horse  /  Games  /  Y006005: Horse - Poles, Grade 9</x:t>
+    <x:t xml:space="preserve"> Horse  /  Games  /  Y006005: Poles, Grade 9</x:t>
   </x:si>
   <x:si>
     <x:t>77</x:t>
   </x:si>
   <x:si>
     <x:t>Boerner, Ezra</x:t>
   </x:si>
   <x:si>
     <x:t>384</x:t>
   </x:si>
   <x:si>
     <x:t>Waseca</x:t>
   </x:si>
   <x:si>
     <x:t>Vista Busy Bees</x:t>
   </x:si>
   <x:si>
     <x:t>168</x:t>
   </x:si>
   <x:si>
     <x:t>Foster, Alyssa</x:t>
   </x:si>
   <x:si>
     <x:t>718</x:t>
   </x:si>
@@ -1862,51 +1862,51 @@
   <x:si>
     <x:t>610</x:t>
   </x:si>
   <x:si>
     <x:t>Bixby, JaDenn</x:t>
   </x:si>
   <x:si>
     <x:t>2638</x:t>
   </x:si>
   <x:si>
     <x:t>Le Sueur</x:t>
   </x:si>
   <x:si>
     <x:t>Helping Hands</x:t>
   </x:si>
   <x:si>
     <x:t>652</x:t>
   </x:si>
   <x:si>
     <x:t>Danger, Elianah</x:t>
   </x:si>
   <x:si>
     <x:t>2792</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Horse  /  Games  /  Y006006: Horse - Poles, Grade 8</x:t>
+    <x:t xml:space="preserve"> Horse  /  Games  /  Y006006: Poles, Grade 8</x:t>
   </x:si>
   <x:si>
     <x:t>207</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Hargreaves, Kira </x:t>
   </x:si>
   <x:si>
     <x:t>876</x:t>
   </x:si>
   <x:si>
     <x:t>Roseau Shooting Sports</x:t>
   </x:si>
   <x:si>
     <x:t>235</x:t>
   </x:si>
   <x:si>
     <x:t>Smith, Seraeya</x:t>
   </x:si>
   <x:si>
     <x:t>994</x:t>
   </x:si>
   <x:si>
     <x:t>239</x:t>
   </x:si>
@@ -1967,51 +1967,51 @@
   <x:si>
     <x:t>1717</x:t>
   </x:si>
   <x:si>
     <x:t>Harmony Helping Hands</x:t>
   </x:si>
   <x:si>
     <x:t>399</x:t>
   </x:si>
   <x:si>
     <x:t>Wolff, Ashley</x:t>
   </x:si>
   <x:si>
     <x:t>1735</x:t>
   </x:si>
   <x:si>
     <x:t>459</x:t>
   </x:si>
   <x:si>
     <x:t>Maas, Madeline</x:t>
   </x:si>
   <x:si>
     <x:t>1962</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Horse  /  Games  /  Y006007: Horse - Poles, Grade 7</x:t>
+    <x:t xml:space="preserve"> Horse  /  Games  /  Y006007: Poles, Grade 7</x:t>
   </x:si>
   <x:si>
     <x:t>54</x:t>
   </x:si>
   <x:si>
     <x:t>Crosby, Bailey</x:t>
   </x:si>
   <x:si>
     <x:t>268</x:t>
   </x:si>
   <x:si>
     <x:t>203</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Davis , Ella </x:t>
   </x:si>
   <x:si>
     <x:t>866</x:t>
   </x:si>
   <x:si>
     <x:t>354</x:t>
   </x:si>
   <x:si>
     <x:t>Bjorklund, Journey</x:t>
   </x:si>
@@ -2066,51 +2066,51 @@
   <x:si>
     <x:t>631</x:t>
   </x:si>
   <x:si>
     <x:t>Hedlund, Taylor</x:t>
   </x:si>
   <x:si>
     <x:t>2712</x:t>
   </x:si>
   <x:si>
     <x:t>Dog Project</x:t>
   </x:si>
   <x:si>
     <x:t>637</x:t>
   </x:si>
   <x:si>
     <x:t>Karulak, Klara</x:t>
   </x:si>
   <x:si>
     <x:t>2743</x:t>
   </x:si>
   <x:si>
     <x:t>2767</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Horse  /  Games  /  Y006008: Horse - Poles, Grade 6</x:t>
+    <x:t xml:space="preserve"> Horse  /  Games  /  Y006008: Poles, Grade 6</x:t>
   </x:si>
   <x:si>
     <x:t>17</x:t>
   </x:si>
   <x:si>
     <x:t>Meyers, Haley</x:t>
   </x:si>
   <x:si>
     <x:t>53</x:t>
   </x:si>
   <x:si>
     <x:t>Wadena County Horse</x:t>
   </x:si>
   <x:si>
     <x:t>172</x:t>
   </x:si>
   <x:si>
     <x:t>Grandy, Lydia</x:t>
   </x:si>
   <x:si>
     <x:t>746</x:t>
   </x:si>
   <x:si>
     <x:t>Hubbard</x:t>
   </x:si>
@@ -2180,51 +2180,51 @@
   <x:si>
     <x:t>2661</x:t>
   </x:si>
   <x:si>
     <x:t>630</x:t>
   </x:si>
   <x:si>
     <x:t>Dubey, Karlie</x:t>
   </x:si>
   <x:si>
     <x:t>2707</x:t>
   </x:si>
   <x:si>
     <x:t>641</x:t>
   </x:si>
   <x:si>
     <x:t>Jordan, Brinn</x:t>
   </x:si>
   <x:si>
     <x:t>2760</x:t>
   </x:si>
   <x:si>
     <x:t>Sunshine Acres</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Horse  /  Games  /  Y006009: Horse - Barrels, Grade 13</x:t>
+    <x:t xml:space="preserve"> Horse  /  Games  /  Y006009: Barrels, Grade 13</x:t>
   </x:si>
   <x:si>
     <x:t>450</x:t>
   </x:si>
   <x:si>
     <x:t>107</x:t>
   </x:si>
   <x:si>
     <x:t>Mongeau, Bridger</x:t>
   </x:si>
   <x:si>
     <x:t>688</x:t>
   </x:si>
   <x:si>
     <x:t>334</x:t>
   </x:si>
   <x:si>
     <x:t>Collette, Lizzie</x:t>
   </x:si>
   <x:si>
     <x:t>1445</x:t>
   </x:si>
   <x:si>
     <x:t>1532</x:t>
   </x:si>
@@ -2267,51 +2267,51 @@
   <x:si>
     <x:t>2109</x:t>
   </x:si>
   <x:si>
     <x:t>536</x:t>
   </x:si>
   <x:si>
     <x:t>Cook, Chloe</x:t>
   </x:si>
   <x:si>
     <x:t>2295</x:t>
   </x:si>
   <x:si>
     <x:t>Turtle River Tall Pines</x:t>
   </x:si>
   <x:si>
     <x:t>544</x:t>
   </x:si>
   <x:si>
     <x:t>Littler, Kallen</x:t>
   </x:si>
   <x:si>
     <x:t>2345</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Horse  /  Games  /  Y006010: Horse - Barrels, Grade 12</x:t>
+    <x:t xml:space="preserve"> Horse  /  Games  /  Y006010: Barrels, Grade 12</x:t>
   </x:si>
   <x:si>
     <x:t>110</x:t>
   </x:si>
   <x:si>
     <x:t>Demmer, Tyler</x:t>
   </x:si>
   <x:si>
     <x:t>162</x:t>
   </x:si>
   <x:si>
     <x:t>Metzger, Claire</x:t>
   </x:si>
   <x:si>
     <x:t>697</x:t>
   </x:si>
   <x:si>
     <x:t>Oscar Trondhjem</x:t>
   </x:si>
   <x:si>
     <x:t>164</x:t>
   </x:si>
   <x:si>
     <x:t>Pesek, Madison</x:t>
   </x:si>
@@ -2339,51 +2339,51 @@
   <x:si>
     <x:t>376</x:t>
   </x:si>
   <x:si>
     <x:t>Goelz, Kaitlyn</x:t>
   </x:si>
   <x:si>
     <x:t>1621</x:t>
   </x:si>
   <x:si>
     <x:t>433</x:t>
   </x:si>
   <x:si>
     <x:t>Malecha, Alison</x:t>
   </x:si>
   <x:si>
     <x:t>1853</x:t>
   </x:si>
   <x:si>
     <x:t>2096</x:t>
   </x:si>
   <x:si>
     <x:t>2484</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Horse  /  Games  /  Y006011: Horse - Barrels, Grade 11</x:t>
+    <x:t xml:space="preserve"> Horse  /  Games  /  Y006011: Barrels, Grade 11</x:t>
   </x:si>
   <x:si>
     <x:t>158</x:t>
   </x:si>
   <x:si>
     <x:t>Mack, Hadley</x:t>
   </x:si>
   <x:si>
     <x:t>680</x:t>
   </x:si>
   <x:si>
     <x:t>Becker</x:t>
   </x:si>
   <x:si>
     <x:t>Independent  - Becker County</x:t>
   </x:si>
   <x:si>
     <x:t>972</x:t>
   </x:si>
   <x:si>
     <x:t>280</x:t>
   </x:si>
   <x:si>
     <x:t>Bormann, Andrew</x:t>
   </x:si>
@@ -2429,51 +2429,51 @@
   <x:si>
     <x:t>1985</x:t>
   </x:si>
   <x:si>
     <x:t>Oshawa Achievers</x:t>
   </x:si>
   <x:si>
     <x:t>2270</x:t>
   </x:si>
   <x:si>
     <x:t>620</x:t>
   </x:si>
   <x:si>
     <x:t>Truesdell, Lily</x:t>
   </x:si>
   <x:si>
     <x:t>2677</x:t>
   </x:si>
   <x:si>
     <x:t>Elm Creek</x:t>
   </x:si>
   <x:si>
     <x:t>2809</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Horse  /  Games  /  Y006012: Horse - Barrels, Grade 10</x:t>
+    <x:t xml:space="preserve"> Horse  /  Games  /  Y006012: Barrels, Grade 10</x:t>
   </x:si>
   <x:si>
     <x:t>1000</x:t>
   </x:si>
   <x:si>
     <x:t>263</x:t>
   </x:si>
   <x:si>
     <x:t>Laurent, Shannon</x:t>
   </x:si>
   <x:si>
     <x:t>1122</x:t>
   </x:si>
   <x:si>
     <x:t>1324</x:t>
   </x:si>
   <x:si>
     <x:t>346</x:t>
   </x:si>
   <x:si>
     <x:t>Balsimo, Maria</x:t>
   </x:si>
   <x:si>
     <x:t>1496</x:t>
   </x:si>
@@ -2495,51 +2495,51 @@
   <x:si>
     <x:t>2080</x:t>
   </x:si>
   <x:si>
     <x:t>2182</x:t>
   </x:si>
   <x:si>
     <x:t>559</x:t>
   </x:si>
   <x:si>
     <x:t>Salzl, Kaylee</x:t>
   </x:si>
   <x:si>
     <x:t>2421</x:t>
   </x:si>
   <x:si>
     <x:t>Albany Southsiders</x:t>
   </x:si>
   <x:si>
     <x:t>2728</x:t>
   </x:si>
   <x:si>
     <x:t>2802</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Horse  /  Games  /  Y006013: Horse - Barrels, Grade 9</x:t>
+    <x:t xml:space="preserve"> Horse  /  Games  /  Y006013: Barrels, Grade 9</x:t>
   </x:si>
   <x:si>
     <x:t>230</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Heppner, Abigail </x:t>
   </x:si>
   <x:si>
     <x:t>979</x:t>
   </x:si>
   <x:si>
     <x:t>1116</x:t>
   </x:si>
   <x:si>
     <x:t>1477</x:t>
   </x:si>
   <x:si>
     <x:t>355</x:t>
   </x:si>
   <x:si>
     <x:t>Ward, Dakota</x:t>
   </x:si>
   <x:si>
     <x:t>1524</x:t>
   </x:si>
@@ -2552,51 +2552,51 @@
   <x:si>
     <x:t>1616</x:t>
   </x:si>
   <x:si>
     <x:t>561</x:t>
   </x:si>
   <x:si>
     <x:t>Johnson, Jaeda</x:t>
   </x:si>
   <x:si>
     <x:t>2434</x:t>
   </x:si>
   <x:si>
     <x:t>Zumbrota Busy Bees</x:t>
   </x:si>
   <x:si>
     <x:t>2492</x:t>
   </x:si>
   <x:si>
     <x:t>2639</x:t>
   </x:si>
   <x:si>
     <x:t>2793</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Horse  /  Games  /  Y006014: Horse - Barrels, Grade 8</x:t>
+    <x:t xml:space="preserve"> Horse  /  Games  /  Y006014: Barrels, Grade 8</x:t>
   </x:si>
   <x:si>
     <x:t>13</x:t>
   </x:si>
   <x:si>
     <x:t>Huwe, Elyse</x:t>
   </x:si>
   <x:si>
     <x:t>70</x:t>
   </x:si>
   <x:si>
     <x:t>Abentroth, Willow</x:t>
   </x:si>
   <x:si>
     <x:t>Norman</x:t>
   </x:si>
   <x:si>
     <x:t>Marsh River</x:t>
   </x:si>
   <x:si>
     <x:t>163</x:t>
   </x:si>
   <x:si>
     <x:t>Milbeck, Londyn</x:t>
   </x:si>
@@ -2624,51 +2624,51 @@
   <x:si>
     <x:t>1736</x:t>
   </x:si>
   <x:si>
     <x:t>1963</x:t>
   </x:si>
   <x:si>
     <x:t>470</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Walter, Mia </x:t>
   </x:si>
   <x:si>
     <x:t>2005</x:t>
   </x:si>
   <x:si>
     <x:t>568</x:t>
   </x:si>
   <x:si>
     <x:t>Benning, Hailey</x:t>
   </x:si>
   <x:si>
     <x:t>2459</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Horse  /  Games  /  Y006015: Horse - Barrels, Grade 7</x:t>
+    <x:t xml:space="preserve"> Horse  /  Games  /  Y006015: Barrels, Grade 7</x:t>
   </x:si>
   <x:si>
     <x:t>345</x:t>
   </x:si>
   <x:si>
     <x:t>Slack, Mallory</x:t>
   </x:si>
   <x:si>
     <x:t>1488</x:t>
   </x:si>
   <x:si>
     <x:t>1521</x:t>
   </x:si>
   <x:si>
     <x:t>1611</x:t>
   </x:si>
   <x:si>
     <x:t>379</x:t>
   </x:si>
   <x:si>
     <x:t>Domier, Evanna</x:t>
   </x:si>
   <x:si>
     <x:t>1636</x:t>
   </x:si>
@@ -2702,51 +2702,51 @@
   <x:si>
     <x:t>Wondra, Sophie</x:t>
   </x:si>
   <x:si>
     <x:t>1981</x:t>
   </x:si>
   <x:si>
     <x:t>589</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Schiller , Syndel </x:t>
   </x:si>
   <x:si>
     <x:t>2544</x:t>
   </x:si>
   <x:si>
     <x:t>Happy Hustlers</x:t>
   </x:si>
   <x:si>
     <x:t>2702</x:t>
   </x:si>
   <x:si>
     <x:t>2713</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Horse  /  Games  /  Y006016: Horse - Barrels, Grade 6</x:t>
+    <x:t xml:space="preserve"> Horse  /  Games  /  Y006016: Barrels, Grade 6</x:t>
   </x:si>
   <x:si>
     <x:t>78</x:t>
   </x:si>
   <x:si>
     <x:t>Van Camp, Auli</x:t>
   </x:si>
   <x:si>
     <x:t>140</x:t>
   </x:si>
   <x:si>
     <x:t>Hanson, Felicity</x:t>
   </x:si>
   <x:si>
     <x:t>635</x:t>
   </x:si>
   <x:si>
     <x:t>Kittson</x:t>
   </x:si>
   <x:si>
     <x:t>North Star</x:t>
   </x:si>
   <x:si>
     <x:t>221</x:t>
   </x:si>
@@ -2768,177 +2768,177 @@
   <x:si>
     <x:t>372</x:t>
   </x:si>
   <x:si>
     <x:t>Sneller, Kelsey</x:t>
   </x:si>
   <x:si>
     <x:t>1603</x:t>
   </x:si>
   <x:si>
     <x:t>1698</x:t>
   </x:si>
   <x:si>
     <x:t>Volkmann, Madelyn</x:t>
   </x:si>
   <x:si>
     <x:t>2244</x:t>
   </x:si>
   <x:si>
     <x:t>2548</x:t>
   </x:si>
   <x:si>
     <x:t>2708</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Horse  /  Games  /  Y006017: Horse - Jumping Figure 8, Grade 13</x:t>
+    <x:t xml:space="preserve"> Horse  /  Games  /  Y006017: Jumping Figure 8, Grade 13</x:t>
   </x:si>
   <x:si>
     <x:t>48</x:t>
   </x:si>
   <x:si>
     <x:t>525</x:t>
   </x:si>
   <x:si>
     <x:t>151</x:t>
   </x:si>
   <x:si>
     <x:t>Larsen, Kylee</x:t>
   </x:si>
   <x:si>
     <x:t>664</x:t>
   </x:si>
   <x:si>
     <x:t>689</x:t>
   </x:si>
   <x:si>
     <x:t>1024</x:t>
   </x:si>
   <x:si>
     <x:t>1533</x:t>
   </x:si>
   <x:si>
     <x:t>2110</x:t>
   </x:si>
   <x:si>
     <x:t>2145</x:t>
   </x:si>
   <x:si>
     <x:t>2346</x:t>
   </x:si>
   <x:si>
     <x:t>634</x:t>
   </x:si>
   <x:si>
     <x:t>Mulholland, Annabelle</x:t>
   </x:si>
   <x:si>
     <x:t>2733</x:t>
   </x:si>
   <x:si>
     <x:t>Caledonia Rockets</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Horse  /  Games  /  Y006018: Horse - Jumping Figure 8, Grade 12</x:t>
+    <x:t xml:space="preserve"> Horse  /  Games  /  Y006018: Jumping Figure 8, Grade 12</x:t>
   </x:si>
   <x:si>
     <x:t>669</x:t>
   </x:si>
   <x:si>
     <x:t>704</x:t>
   </x:si>
   <x:si>
     <x:t>829</x:t>
   </x:si>
   <x:si>
     <x:t>1514</x:t>
   </x:si>
   <x:si>
     <x:t>1608</x:t>
   </x:si>
   <x:si>
     <x:t>1704</x:t>
   </x:si>
   <x:si>
     <x:t>2097</x:t>
   </x:si>
   <x:si>
     <x:t>Goerdt, Alexandra</x:t>
   </x:si>
   <x:si>
     <x:t>2400</x:t>
   </x:si>
   <x:si>
     <x:t>Gopher Prairie</x:t>
   </x:si>
   <x:si>
     <x:t>2485</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Horse  /  Games  /  Y006019: Horse - Jumping Figure 8, Grade 11</x:t>
+    <x:t xml:space="preserve"> Horse  /  Games  /  Y006019: Jumping Figure 8, Grade 11</x:t>
   </x:si>
   <x:si>
     <x:t>147</x:t>
   </x:si>
   <x:si>
     <x:t>Wilson, Haley</x:t>
   </x:si>
   <x:si>
     <x:t>735</x:t>
   </x:si>
   <x:si>
     <x:t>973</x:t>
   </x:si>
   <x:si>
     <x:t>1196</x:t>
   </x:si>
   <x:si>
     <x:t>1316</x:t>
   </x:si>
   <x:si>
     <x:t>1685</x:t>
   </x:si>
   <x:si>
     <x:t>1925</x:t>
   </x:si>
   <x:si>
     <x:t>1986</x:t>
   </x:si>
   <x:si>
     <x:t>2271</x:t>
   </x:si>
   <x:si>
     <x:t>619</x:t>
   </x:si>
   <x:si>
     <x:t>Pierce, McKenna</x:t>
   </x:si>
   <x:si>
     <x:t>2674</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Horse  /  Games  /  Y006020: Horse - Jumping Figure 8, Grade 10</x:t>
+    <x:t xml:space="preserve"> Horse  /  Games  /  Y006020: Jumping Figure 8, Grade 10</x:t>
   </x:si>
   <x:si>
     <x:t>Crosby, Anna</x:t>
   </x:si>
   <x:si>
     <x:t>266</x:t>
   </x:si>
   <x:si>
     <x:t>108</x:t>
   </x:si>
   <x:si>
     <x:t>Mongeau, Croix</x:t>
   </x:si>
   <x:si>
     <x:t>504</x:t>
   </x:si>
   <x:si>
     <x:t>208</x:t>
   </x:si>
   <x:si>
     <x:t>Christianson, Maelee</x:t>
   </x:si>
   <x:si>
     <x:t>883</x:t>
   </x:si>
@@ -2960,135 +2960,135 @@
   <x:si>
     <x:t>1406</x:t>
   </x:si>
   <x:si>
     <x:t>Kimball Kruisers</x:t>
   </x:si>
   <x:si>
     <x:t>1708</x:t>
   </x:si>
   <x:si>
     <x:t>394</x:t>
   </x:si>
   <x:si>
     <x:t>Musel, Leena</x:t>
   </x:si>
   <x:si>
     <x:t>1713</x:t>
   </x:si>
   <x:si>
     <x:t>2183</x:t>
   </x:si>
   <x:si>
     <x:t>2803</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Horse  /  Games  /  Y006021: Horse - Jumping Figure 8, Grade 9</x:t>
+    <x:t xml:space="preserve"> Horse  /  Games  /  Y006021: Jumping Figure 8, Grade 9</x:t>
   </x:si>
   <x:si>
     <x:t>19</x:t>
   </x:si>
   <x:si>
     <x:t>Strayer, Eva</x:t>
   </x:si>
   <x:si>
     <x:t>64</x:t>
   </x:si>
   <x:si>
     <x:t>Junior Citizens</x:t>
   </x:si>
   <x:si>
     <x:t>386</x:t>
   </x:si>
   <x:si>
     <x:t>980</x:t>
   </x:si>
   <x:si>
     <x:t>1117</x:t>
   </x:si>
   <x:si>
     <x:t>1351</x:t>
   </x:si>
   <x:si>
     <x:t>1617</x:t>
   </x:si>
   <x:si>
     <x:t>2435</x:t>
   </x:si>
   <x:si>
     <x:t>2493</x:t>
   </x:si>
   <x:si>
     <x:t>2640</x:t>
   </x:si>
   <x:si>
     <x:t>2794</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Horse  /  Games  /  Y006022: Horse - Jumping Figure 8, Grade 8</x:t>
+    <x:t xml:space="preserve"> Horse  /  Games  /  Y006022: Jumping Figure 8, Grade 8</x:t>
   </x:si>
   <x:si>
     <x:t>37</x:t>
   </x:si>
   <x:si>
     <x:t>1020</x:t>
   </x:si>
   <x:si>
     <x:t>1331</x:t>
   </x:si>
   <x:si>
     <x:t>1493</x:t>
   </x:si>
   <x:si>
     <x:t>1505</x:t>
   </x:si>
   <x:si>
     <x:t>1737</x:t>
   </x:si>
   <x:si>
     <x:t>440</x:t>
   </x:si>
   <x:si>
     <x:t>Hovland, Kallie</x:t>
   </x:si>
   <x:si>
     <x:t>1885</x:t>
   </x:si>
   <x:si>
     <x:t>Cottonwood</x:t>
   </x:si>
   <x:si>
     <x:t>Windom Workers/Dale Diggers</x:t>
   </x:si>
   <x:si>
     <x:t>1964</x:t>
   </x:si>
   <x:si>
     <x:t>2460</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Horse  /  Games  /  Y006023: Horse - Jumping Figure 8, Grade 7</x:t>
+    <x:t xml:space="preserve"> Horse  /  Games  /  Y006023: Jumping Figure 8, Grade 7</x:t>
   </x:si>
   <x:si>
     <x:t>18</x:t>
   </x:si>
   <x:si>
     <x:t>Seelhammer, Cody</x:t>
   </x:si>
   <x:si>
     <x:t>60</x:t>
   </x:si>
   <x:si>
     <x:t>Leaf River Builders</x:t>
   </x:si>
   <x:si>
     <x:t>270</x:t>
   </x:si>
   <x:si>
     <x:t>52</x:t>
   </x:si>
   <x:si>
     <x:t>Mielke, Whyatt</x:t>
   </x:si>
   <x:si>
     <x:t>577</x:t>
   </x:si>
@@ -3101,51 +3101,51 @@
   <x:si>
     <x:t xml:space="preserve">Feldman, Katelyn </x:t>
   </x:si>
   <x:si>
     <x:t>1085</x:t>
   </x:si>
   <x:si>
     <x:t>1612</x:t>
   </x:si>
   <x:si>
     <x:t>1774</x:t>
   </x:si>
   <x:si>
     <x:t>1789</x:t>
   </x:si>
   <x:si>
     <x:t>2037</x:t>
   </x:si>
   <x:si>
     <x:t>2545</x:t>
   </x:si>
   <x:si>
     <x:t>2703</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Horse  /  Games  /  Y006024: Horse - Jumping Figure 8, Grade 6</x:t>
+    <x:t xml:space="preserve"> Horse  /  Games  /  Y006024: Jumping Figure 8, Grade 6</x:t>
   </x:si>
   <x:si>
     <x:t>55</x:t>
   </x:si>
   <x:si>
     <x:t>Grand Champion</x:t>
   </x:si>
   <x:si>
     <x:t>747</x:t>
   </x:si>
   <x:si>
     <x:t>1570</x:t>
   </x:si>
   <x:si>
     <x:t>1604</x:t>
   </x:si>
   <x:si>
     <x:t>28</x:t>
   </x:si>
   <x:si>
     <x:t>Sik, Abigail</x:t>
   </x:si>
   <x:si>
     <x:t>1662</x:t>
   </x:si>
@@ -3164,183 +3164,183 @@
   <x:si>
     <x:t>Reynolds, Brynn</x:t>
   </x:si>
   <x:si>
     <x:t>2189</x:t>
   </x:si>
   <x:si>
     <x:t>Mayer Riverside</x:t>
   </x:si>
   <x:si>
     <x:t>2264</x:t>
   </x:si>
   <x:si>
     <x:t>2549</x:t>
   </x:si>
   <x:si>
     <x:t>651</x:t>
   </x:si>
   <x:si>
     <x:t>Rowekamp, Courtney</x:t>
   </x:si>
   <x:si>
     <x:t>2787</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Horse  /  Games  /  Y006025: Horse - Key Race, Grade 13</x:t>
+    <x:t xml:space="preserve"> Horse  /  Games  /  Y006025: Key Race, Grade 13</x:t>
   </x:si>
   <x:si>
     <x:t>452</x:t>
   </x:si>
   <x:si>
     <x:t>498</x:t>
   </x:si>
   <x:si>
     <x:t>526</x:t>
   </x:si>
   <x:si>
     <x:t>665</x:t>
   </x:si>
   <x:si>
     <x:t>690</x:t>
   </x:si>
   <x:si>
     <x:t>258</x:t>
   </x:si>
   <x:si>
     <x:t>Anglin, Isabella</x:t>
   </x:si>
   <x:si>
     <x:t>1107</x:t>
   </x:si>
   <x:si>
     <x:t>474</x:t>
   </x:si>
   <x:si>
     <x:t>Seppo, Bella</x:t>
   </x:si>
   <x:si>
     <x:t>2028</x:t>
   </x:si>
   <x:si>
     <x:t>2070</x:t>
   </x:si>
   <x:si>
     <x:t>2146</x:t>
   </x:si>
   <x:si>
     <x:t>2297</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Horse  /  Games  /  Y006026: Horse - Key Race, Grade 12</x:t>
+    <x:t xml:space="preserve"> Horse  /  Games  /  Y006026: Key Race, Grade 12</x:t>
   </x:si>
   <x:si>
     <x:t>705</x:t>
   </x:si>
   <x:si>
     <x:t>830</x:t>
   </x:si>
   <x:si>
     <x:t>1515</x:t>
   </x:si>
   <x:si>
     <x:t>1705</x:t>
   </x:si>
   <x:si>
     <x:t>1855</x:t>
   </x:si>
   <x:si>
     <x:t>2098</x:t>
   </x:si>
   <x:si>
     <x:t>2401</x:t>
   </x:si>
   <x:si>
     <x:t>2486</x:t>
   </x:si>
   <x:si>
     <x:t>581</x:t>
   </x:si>
   <x:si>
     <x:t>Wordes, Brenna</x:t>
   </x:si>
   <x:si>
     <x:t>2503</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Horse  /  Games  /  Y006027: Horse - Key Race, Grade 11</x:t>
+    <x:t xml:space="preserve"> Horse  /  Games  /  Y006027: Key Race, Grade 11</x:t>
   </x:si>
   <x:si>
     <x:t>653</x:t>
   </x:si>
   <x:si>
     <x:t>682</x:t>
   </x:si>
   <x:si>
     <x:t>242</x:t>
   </x:si>
   <x:si>
     <x:t>Hovden, Madalyn</x:t>
   </x:si>
   <x:si>
     <x:t>1036</x:t>
   </x:si>
   <x:si>
     <x:t>1197</x:t>
   </x:si>
   <x:si>
     <x:t>1317</x:t>
   </x:si>
   <x:si>
     <x:t>Bauer, Taylor</x:t>
   </x:si>
   <x:si>
     <x:t>1667</x:t>
   </x:si>
   <x:si>
     <x:t>1954</x:t>
   </x:si>
   <x:si>
     <x:t>1987</x:t>
   </x:si>
   <x:si>
     <x:t>473</x:t>
   </x:si>
   <x:si>
     <x:t>Swartout, Avery</x:t>
   </x:si>
   <x:si>
     <x:t>2020</x:t>
   </x:si>
   <x:si>
     <x:t>North Shore</x:t>
   </x:si>
   <x:si>
     <x:t>2811</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Horse  /  Games  /  Y006028: Horse - Key Race, Grade 10</x:t>
+    <x:t xml:space="preserve"> Horse  /  Games  /  Y006028: Key Race, Grade 10</x:t>
   </x:si>
   <x:si>
     <x:t>494</x:t>
   </x:si>
   <x:si>
     <x:t>174</x:t>
   </x:si>
   <x:si>
     <x:t>Engen, Ana</x:t>
   </x:si>
   <x:si>
     <x:t>756</x:t>
   </x:si>
   <x:si>
     <x:t>Pope</x:t>
   </x:si>
   <x:si>
     <x:t>Busy Beavers</x:t>
   </x:si>
   <x:si>
     <x:t>1002</x:t>
   </x:si>
   <x:si>
     <x:t>1124</x:t>
   </x:si>
@@ -3359,192 +3359,192 @@
   <x:si>
     <x:t>466</x:t>
   </x:si>
   <x:si>
     <x:t>Kucera, Leah</x:t>
   </x:si>
   <x:si>
     <x:t>1990</x:t>
   </x:si>
   <x:si>
     <x:t>Zarn, Sydney</x:t>
   </x:si>
   <x:si>
     <x:t>2015</x:t>
   </x:si>
   <x:si>
     <x:t>2184</x:t>
   </x:si>
   <x:si>
     <x:t>2335</x:t>
   </x:si>
   <x:si>
     <x:t>2730</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Horse  /  Games  /  Y006029: Horse - Key Race, Grade 9</x:t>
+    <x:t xml:space="preserve"> Horse  /  Games  /  Y006029: Key Race, Grade 9</x:t>
   </x:si>
   <x:si>
     <x:t>387</x:t>
   </x:si>
   <x:si>
     <x:t>86</x:t>
   </x:si>
   <x:si>
     <x:t>Brenny, Leala</x:t>
   </x:si>
   <x:si>
     <x:t>422</x:t>
   </x:si>
   <x:si>
     <x:t>North Stars</x:t>
   </x:si>
   <x:si>
     <x:t>981</x:t>
   </x:si>
   <x:si>
     <x:t>1479</x:t>
   </x:si>
   <x:si>
     <x:t>1526</x:t>
   </x:si>
   <x:si>
     <x:t>1618</x:t>
   </x:si>
   <x:si>
     <x:t>DeWall, Jorgia</x:t>
   </x:si>
   <x:si>
     <x:t>1871</x:t>
   </x:si>
   <x:si>
     <x:t>2436</x:t>
   </x:si>
   <x:si>
     <x:t>2641</x:t>
   </x:si>
   <x:si>
     <x:t>2795</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Horse  /  Games  /  Y006030: Horse - Key Race, Grade 8</x:t>
+    <x:t xml:space="preserve"> Horse  /  Games  /  Y006030: Key Race, Grade 8</x:t>
   </x:si>
   <x:si>
     <x:t>38</x:t>
   </x:si>
   <x:si>
     <x:t>82</x:t>
   </x:si>
   <x:si>
     <x:t>Mauer, Ava</x:t>
   </x:si>
   <x:si>
     <x:t>410</x:t>
   </x:si>
   <x:si>
     <x:t>117</x:t>
   </x:si>
   <x:si>
     <x:t>Kottschade, Kaden</x:t>
   </x:si>
   <x:si>
     <x:t>1021</x:t>
   </x:si>
   <x:si>
     <x:t>1332</x:t>
   </x:si>
   <x:si>
     <x:t>1494</x:t>
   </x:si>
   <x:si>
     <x:t>1519</x:t>
   </x:si>
   <x:si>
     <x:t>1886</x:t>
   </x:si>
   <x:si>
     <x:t>1965</x:t>
   </x:si>
   <x:si>
     <x:t>549</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Anderson, Brielle </x:t>
   </x:si>
   <x:si>
     <x:t>2373</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Horse  /  Games  /  Y006031: Horse - Key Race, Grade 7</x:t>
+    <x:t xml:space="preserve"> Horse  /  Games  /  Y006031: Key Race, Grade 7</x:t>
   </x:si>
   <x:si>
     <x:t>61</x:t>
   </x:si>
   <x:si>
     <x:t>271</x:t>
   </x:si>
   <x:si>
     <x:t>132</x:t>
   </x:si>
   <x:si>
     <x:t>Pesta, Kelly</x:t>
   </x:si>
   <x:si>
     <x:t>Rice</x:t>
   </x:si>
   <x:si>
     <x:t>Mighty Metogga's</x:t>
   </x:si>
   <x:si>
     <x:t>869</x:t>
   </x:si>
   <x:si>
     <x:t>1523</x:t>
   </x:si>
   <x:si>
     <x:t>1790</x:t>
   </x:si>
   <x:si>
     <x:t>1983</x:t>
   </x:si>
   <x:si>
     <x:t>12</x:t>
   </x:si>
   <x:si>
     <x:t>Henderson, Hallie</x:t>
   </x:si>
   <x:si>
     <x:t>2061</x:t>
   </x:si>
   <x:si>
     <x:t>2546</x:t>
   </x:si>
   <x:si>
     <x:t>2746</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Horse  /  Games  /  Y006032: Horse - Key Race, Grade 6</x:t>
+    <x:t xml:space="preserve"> Horse  /  Games  /  Y006032: Key Race, Grade 6</x:t>
   </x:si>
   <x:si>
     <x:t>56</x:t>
   </x:si>
   <x:si>
     <x:t>748</x:t>
   </x:si>
   <x:si>
     <x:t>1571</x:t>
   </x:si>
   <x:si>
     <x:t>1605</x:t>
   </x:si>
   <x:si>
     <x:t>1769</x:t>
   </x:si>
   <x:si>
     <x:t>2190</x:t>
   </x:si>
   <x:si>
     <x:t>2246</x:t>
   </x:si>
   <x:si>
     <x:t>2258</x:t>
   </x:si>
@@ -3587,108 +3587,108 @@
   <x:si>
     <x:t xml:space="preserve"> Horse  /  Grand Champions  /  Y012006: Grand Champion Pole Weaving</x:t>
   </x:si>
   <x:si>
     <x:t>2860</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Horse  /  Grand Champions  /  Y012007: Grand Champion Barrel Racing</x:t>
   </x:si>
   <x:si>
     <x:t>2861</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Horse  /  Grand Champions  /  Y012008: Grand Champion Jumping Figure 8</x:t>
   </x:si>
   <x:si>
     <x:t>2870</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Horse  /  Grand Champions  /  Y012009: Grand Champion Key Race</x:t>
   </x:si>
   <x:si>
     <x:t>2865</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Horse  /  Horse Events-Exhibits  /  Y003001: Horse - Horseless Horse, Grades 6-8</x:t>
+    <x:t xml:space="preserve"> Horse  /  Horse Events-Exhibits  /  Y003001: Horseless Horse, Grades 6-8</x:t>
   </x:si>
   <x:si>
     <x:t>193</x:t>
   </x:si>
   <x:si>
     <x:t>Strassburg, Seth</x:t>
   </x:si>
   <x:si>
     <x:t>819</x:t>
   </x:si>
   <x:si>
     <x:t>Spunky Spelunkers</x:t>
   </x:si>
   <x:si>
     <x:t>215</x:t>
   </x:si>
   <x:si>
     <x:t>Kamel, Hazel</x:t>
   </x:si>
   <x:si>
     <x:t>905</x:t>
   </x:si>
   <x:si>
     <x:t>Dodge</x:t>
   </x:si>
   <x:si>
     <x:t>Canisteo Young Farmers</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Horse  /  Horse Events-Exhibits  /  Y003002: Horse - Horseless Horse, Grades 9+</x:t>
+    <x:t xml:space="preserve"> Horse  /  Horse Events-Exhibits  /  Y003002: Horseless Horse, Grades 9+</x:t>
   </x:si>
   <x:si>
     <x:t>437</x:t>
   </x:si>
   <x:si>
     <x:t>Wilder, Megan</x:t>
   </x:si>
   <x:si>
     <x:t>1866</x:t>
   </x:si>
   <x:si>
     <x:t>Independent - Dakota County</x:t>
   </x:si>
   <x:si>
     <x:t>618</x:t>
   </x:si>
   <x:si>
     <x:t>Liebhard, Emilynn</x:t>
   </x:si>
   <x:si>
     <x:t>2671</x:t>
   </x:si>
   <x:si>
     <x:t>Derrynane Jrs</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Horse  /  Horse Events-Exhibits  /  Y003003: Horse - Horse Related, Grades 6-8</x:t>
+    <x:t xml:space="preserve"> Horse  /  Horse Events-Exhibits  /  Y003003: Horse Related, Grades 6-8</x:t>
   </x:si>
   <x:si>
     <x:t>127</x:t>
   </x:si>
   <x:si>
     <x:t>Hillesheim, Taylor</x:t>
   </x:si>
   <x:si>
     <x:t>Trail Blazers</x:t>
   </x:si>
   <x:si>
     <x:t>595</x:t>
   </x:si>
   <x:si>
     <x:t>390</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Thomas, Madalyn </x:t>
   </x:si>
   <x:si>
     <x:t>1692</x:t>
   </x:si>
   <x:si>
     <x:t>421</x:t>
   </x:si>
@@ -3728,51 +3728,51 @@
   <x:si>
     <x:t>2454</x:t>
   </x:si>
   <x:si>
     <x:t>566</x:t>
   </x:si>
   <x:si>
     <x:t>Betcher, Haley</x:t>
   </x:si>
   <x:si>
     <x:t>2455</x:t>
   </x:si>
   <x:si>
     <x:t>640</x:t>
   </x:si>
   <x:si>
     <x:t>Moor, Abigail</x:t>
   </x:si>
   <x:si>
     <x:t>2748</x:t>
   </x:si>
   <x:si>
     <x:t>Hearts and Hooves Drill Team</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Horse  /  Horse Events-Exhibits  /  Y003004: Horse - Horse Related, Grades 9+</x:t>
+    <x:t xml:space="preserve"> Horse  /  Horse Events-Exhibits  /  Y003004: Horse Related, Grades 9+</x:t>
   </x:si>
   <x:si>
     <x:t>Babolian, Daniel</x:t>
   </x:si>
   <x:si>
     <x:t>21</x:t>
   </x:si>
   <x:si>
     <x:t>Hegne Hustlers</x:t>
   </x:si>
   <x:si>
     <x:t>216</x:t>
   </x:si>
   <x:si>
     <x:t>Harreld, Marie</x:t>
   </x:si>
   <x:si>
     <x:t>906</x:t>
   </x:si>
   <x:si>
     <x:t>317</x:t>
   </x:si>
   <x:si>
     <x:t>Geurts, Frances</x:t>
   </x:si>
@@ -3782,108 +3782,108 @@
   <x:si>
     <x:t>332</x:t>
   </x:si>
   <x:si>
     <x:t>Klasen, Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>1436</x:t>
   </x:si>
   <x:si>
     <x:t>New Maine</x:t>
   </x:si>
   <x:si>
     <x:t>1915</x:t>
   </x:si>
   <x:si>
     <x:t>654</x:t>
   </x:si>
   <x:si>
     <x:t>Bergstrand, Aviana</x:t>
   </x:si>
   <x:si>
     <x:t>2796</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Horse  /  Horse Events-Exhibits  /  Y003005: Horse - Horse Speech, Grades 6-13</x:t>
+    <x:t xml:space="preserve"> Horse  /  Horse Events-Exhibits  /  Y003005: Horse Speech, Grades 6-13</x:t>
   </x:si>
   <x:si>
     <x:t>289</x:t>
   </x:si>
   <x:si>
     <x:t>Black, Julia</x:t>
   </x:si>
   <x:si>
     <x:t>1231</x:t>
   </x:si>
   <x:si>
     <x:t>1268</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Horse  /  Horse Events-Exhibits  /  Y003006: Horse - Horse Demonstration, Individual, Grades 6-13</x:t>
+    <x:t xml:space="preserve"> Horse  /  Horse Events-Exhibits  /  Y003006: Horse Demonstration, Individual, Grades 6-13</x:t>
   </x:si>
   <x:si>
     <x:t>253</x:t>
   </x:si>
   <x:si>
     <x:t>Skinner, Alena</x:t>
   </x:si>
   <x:si>
     <x:t>1090</x:t>
   </x:si>
   <x:si>
     <x:t>Acorn Acres</x:t>
   </x:si>
   <x:si>
     <x:t>363</x:t>
   </x:si>
   <x:si>
     <x:t>Ruby, Aralia</x:t>
   </x:si>
   <x:si>
     <x:t>1565</x:t>
   </x:si>
   <x:si>
     <x:t>Jackson</x:t>
   </x:si>
   <x:si>
     <x:t>Middletown Livewires</x:t>
   </x:si>
   <x:si>
     <x:t>2243</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Horse  /  Horse Events-Exhibits  /  Y003007: Horse - Horse Demonstration, Team, Grades 6-13</x:t>
+    <x:t xml:space="preserve"> Horse  /  Horse Events-Exhibits  /  Y003007: Horse Demonstration, Team, Grades 6-13</x:t>
   </x:si>
   <x:si>
     <x:t>1373</x:t>
   </x:si>
   <x:si>
     <x:t>1379</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Horse  /  Horse Training  /  Y004001: Horse - Training Step 1</x:t>
+    <x:t xml:space="preserve"> Horse  /  Horse Training  /  Y004001: Training Step 1</x:t>
   </x:si>
   <x:si>
     <x:t>39</x:t>
   </x:si>
   <x:si>
     <x:t>87</x:t>
   </x:si>
   <x:si>
     <x:t>Chapman, Freya</x:t>
   </x:si>
   <x:si>
     <x:t>429</x:t>
   </x:si>
   <x:si>
     <x:t>187</x:t>
   </x:si>
   <x:si>
     <x:t>McDougall, Hazel</x:t>
   </x:si>
   <x:si>
     <x:t>797</x:t>
   </x:si>
   <x:si>
     <x:t>287</x:t>
   </x:si>
@@ -3902,150 +3902,150 @@
   <x:si>
     <x:t>Watua, Nekesa</x:t>
   </x:si>
   <x:si>
     <x:t>2253</x:t>
   </x:si>
   <x:si>
     <x:t>Independent - Carver County</x:t>
   </x:si>
   <x:si>
     <x:t>571</x:t>
   </x:si>
   <x:si>
     <x:t>Buboltz, Addison</x:t>
   </x:si>
   <x:si>
     <x:t>2467</x:t>
   </x:si>
   <x:si>
     <x:t>Renville</x:t>
   </x:si>
   <x:si>
     <x:t>Trailblazers</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Horse  /  Horse Training  /  Y004002: Horse - Training Step 2</x:t>
+    <x:t xml:space="preserve"> Horse  /  Horse Training  /  Y004002: Training Step 2</x:t>
   </x:si>
   <x:si>
     <x:t>204</x:t>
   </x:si>
   <x:si>
     <x:t>Fedewa, Cassandra</x:t>
   </x:si>
   <x:si>
     <x:t>872</x:t>
   </x:si>
   <x:si>
     <x:t>255</x:t>
   </x:si>
   <x:si>
     <x:t>Clements, Brennan</x:t>
   </x:si>
   <x:si>
     <x:t>1096</x:t>
   </x:si>
   <x:si>
     <x:t>Viola Victors</x:t>
   </x:si>
   <x:si>
     <x:t>397</x:t>
   </x:si>
   <x:si>
     <x:t>Rolfs, Hope</x:t>
   </x:si>
   <x:si>
     <x:t>1728</x:t>
   </x:si>
   <x:si>
     <x:t>1946</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Horse  /  Horse Training  /  Y004003: Horse - Training Step 3</x:t>
+    <x:t xml:space="preserve"> Horse  /  Horse Training  /  Y004003: Training Step 3</x:t>
   </x:si>
   <x:si>
     <x:t>165</x:t>
   </x:si>
   <x:si>
     <x:t>Pesek, Taylor</x:t>
   </x:si>
   <x:si>
     <x:t>706</x:t>
   </x:si>
   <x:si>
     <x:t>Sampson, Ty</x:t>
   </x:si>
   <x:si>
     <x:t>2158</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Horse  /  Horse Training  /  Y004004: Horse - Training Step 4</x:t>
+    <x:t xml:space="preserve"> Horse  /  Horse Training  /  Y004004: Training Step 4</x:t>
   </x:si>
   <x:si>
     <x:t>57</x:t>
   </x:si>
   <x:si>
     <x:t>Mongan, Autumn</x:t>
   </x:si>
   <x:si>
     <x:t>283</x:t>
   </x:si>
   <x:si>
     <x:t>337</x:t>
   </x:si>
   <x:si>
     <x:t>Urbach, Juliana</x:t>
   </x:si>
   <x:si>
     <x:t>1463</x:t>
   </x:si>
   <x:si>
     <x:t>446</x:t>
   </x:si>
   <x:si>
     <x:t>Andrist, Kayden</x:t>
   </x:si>
   <x:si>
     <x:t>1906</x:t>
   </x:si>
   <x:si>
     <x:t>Fahlun Go-Getters</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Horse  /  Horse Training  /  Y004005: Horse - Training Step 5</x:t>
+    <x:t xml:space="preserve"> Horse  /  Horse Training  /  Y004005: Training Step 5</x:t>
   </x:si>
   <x:si>
     <x:t>2199</x:t>
   </x:si>
   <x:si>
     <x:t>2330</x:t>
   </x:si>
   <x:si>
     <x:t>2630</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Horse  /  Horse Training  /  Y004007: Horse - Achievement Test - Level 6</x:t>
+    <x:t xml:space="preserve"> Horse  /  Horse Training  /  Y004007: Achievement Test - Level 6</x:t>
   </x:si>
   <x:si>
     <x:t>2093</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Horse  /  Horseless Horse Skills  /  Y015001: Horseless Horse Skills Level 1</x:t>
   </x:si>
   <x:si>
     <x:t>182</x:t>
   </x:si>
   <x:si>
     <x:t>Hill, Mariana</x:t>
   </x:si>
   <x:si>
     <x:t>777</x:t>
   </x:si>
   <x:si>
     <x:t>254</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Hemingsen, Greta </x:t>
   </x:si>
   <x:si>
     <x:t>1093</x:t>
   </x:si>
@@ -4055,51 +4055,51 @@
   <x:si>
     <x:t xml:space="preserve"> Horse  /  Horseless Horse Skills  /  Y015002: Horseless Horse Skills Level 2</x:t>
   </x:si>
   <x:si>
     <x:t>181</x:t>
   </x:si>
   <x:si>
     <x:t>Eickenbrock, Ruby</x:t>
   </x:si>
   <x:si>
     <x:t>774</x:t>
   </x:si>
   <x:si>
     <x:t>Undecided - please contact me - Anoka County</x:t>
   </x:si>
   <x:si>
     <x:t>904</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Horse  /  Horseless Horse Skills  /  Y015003: Horseless Horse Skills Level 3</x:t>
   </x:si>
   <x:si>
     <x:t>1867</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Horse  /  Miniature  /  Y014001: Showmanship Gr. 9+</x:t>
+    <x:t xml:space="preserve"> Horse  /  Miniature  /  Y014001: Showmanship - Miniature, Gr. 9+</x:t>
   </x:si>
   <x:si>
     <x:t>Kuklok, Natalee</x:t>
   </x:si>
   <x:si>
     <x:t>22</x:t>
   </x:si>
   <x:si>
     <x:t>Kindom, Sophia</x:t>
   </x:si>
   <x:si>
     <x:t>31</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Dvorak, Mackenzie </x:t>
   </x:si>
   <x:si>
     <x:t>125</x:t>
   </x:si>
   <x:si>
     <x:t>Central MN Llama Club</x:t>
   </x:si>
   <x:si>
     <x:t>183</x:t>
   </x:si>
@@ -4127,51 +4127,51 @@
   <x:si>
     <x:t>306</x:t>
   </x:si>
   <x:si>
     <x:t>Refuge Rangers</x:t>
   </x:si>
   <x:si>
     <x:t>65</x:t>
   </x:si>
   <x:si>
     <x:t>Kolbinger, Ava</x:t>
   </x:si>
   <x:si>
     <x:t>Undecided - please contact me - Benton County</x:t>
   </x:si>
   <x:si>
     <x:t>126</x:t>
   </x:si>
   <x:si>
     <x:t>Burth, Etienna</x:t>
   </x:si>
   <x:si>
     <x:t>580</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Horse  /  Miniature  /  Y014002: Showmanship Gr. 6-8</x:t>
+    <x:t xml:space="preserve"> Horse  /  Miniature  /  Y014002: Showmanship - Miniature, Gr. 6-8</x:t>
   </x:si>
   <x:si>
     <x:t>34</x:t>
   </x:si>
   <x:si>
     <x:t>Frink, Kaitlyn</x:t>
   </x:si>
   <x:si>
     <x:t>146</x:t>
   </x:si>
   <x:si>
     <x:t>Brookside Buccaneers</x:t>
   </x:si>
   <x:si>
     <x:t>Thompson, Liam</x:t>
   </x:si>
   <x:si>
     <x:t>43</x:t>
   </x:si>
   <x:si>
     <x:t>Lundquist, Sylvia</x:t>
   </x:si>
   <x:si>
     <x:t>Sugar Maple Kids</x:t>
   </x:si>
@@ -4559,1047 +4559,1047 @@
   <x:si>
     <x:t>Wuertz, Bennet</x:t>
   </x:si>
   <x:si>
     <x:t>380</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Horse  /  Miniature  /  Y014019: Roadster Gr. 9+</x:t>
   </x:si>
   <x:si>
     <x:t>89</x:t>
   </x:si>
   <x:si>
     <x:t>325</x:t>
   </x:si>
   <x:si>
     <x:t>588</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Horse  /  Miniature  /  Y014020: Roadster Gr. 6-8</x:t>
   </x:si>
   <x:si>
     <x:t>177</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Horse  /  Showmanship at Halter  /  Y007001: Horse - Showmanship - English</x:t>
+    <x:t xml:space="preserve"> Horse  /  Showmanship at Halter  /  Y007001: Showmanship - English</x:t>
   </x:si>
   <x:si>
     <x:t>Dolezal, Sophie</x:t>
   </x:si>
   <x:si>
     <x:t>2570</x:t>
   </x:si>
   <x:si>
     <x:t>2581</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Horse  /  Showmanship at Halter  /  Y007002: Horse - Showmanship - Western, Pleasure Type, Grades 10+</x:t>
+    <x:t xml:space="preserve"> Horse  /  Showmanship at Halter  /  Y007002: Showmanship - Western, Pleasure Type, Grades 10+</x:t>
   </x:si>
   <x:si>
     <x:t>Adams, Lily</x:t>
   </x:si>
   <x:si>
     <x:t>2178</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Horse  /  Showmanship at Halter  /  Y007003: Horse - Showmanship - Western, Pleasure Type, Grades 6-9</x:t>
+    <x:t xml:space="preserve"> Horse  /  Showmanship at Halter  /  Y007003: Showmanship - Western, Pleasure Type, Grades 6-9</x:t>
   </x:si>
   <x:si>
     <x:t>798</x:t>
   </x:si>
   <x:si>
     <x:t>1009</x:t>
   </x:si>
   <x:si>
     <x:t>638</x:t>
   </x:si>
   <x:si>
     <x:t>Nelson , Eliana</x:t>
   </x:si>
   <x:si>
     <x:t>2735</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Horse  /  Showmanship at Halter  /  Y007004: Horse - Showmanship - Western, Grades 13</x:t>
+    <x:t xml:space="preserve"> Horse  /  Showmanship at Halter  /  Y007004: Showmanship - Western, Grades 13</x:t>
   </x:si>
   <x:si>
     <x:t>476</x:t>
   </x:si>
   <x:si>
     <x:t>786</x:t>
   </x:si>
   <x:si>
     <x:t>Pastorius, Morgan</x:t>
   </x:si>
   <x:si>
     <x:t>1318</x:t>
   </x:si>
   <x:si>
     <x:t>FarSide 4-Hers</x:t>
   </x:si>
   <x:si>
     <x:t>612</x:t>
   </x:si>
   <x:si>
     <x:t>Goerndt, Whytnie</x:t>
   </x:si>
   <x:si>
     <x:t>2646</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Horse  /  Showmanship at Halter  /  Y007005: Horse - Showmanship - Western, Grades 12</x:t>
+    <x:t xml:space="preserve"> Horse  /  Showmanship at Halter  /  Y007005: Showmanship - Western, Grades 12</x:t>
   </x:si>
   <x:si>
     <x:t>1059</x:t>
   </x:si>
   <x:si>
     <x:t>1215</x:t>
   </x:si>
   <x:si>
     <x:t>2237</x:t>
   </x:si>
   <x:si>
     <x:t>2665</x:t>
   </x:si>
   <x:si>
     <x:t>661</x:t>
   </x:si>
   <x:si>
     <x:t>Brenden, Asher</x:t>
   </x:si>
   <x:si>
     <x:t>2825</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Horse  /  Showmanship at Halter  /  Y007006: Horse - Showmanship - Western, Grades 11</x:t>
+    <x:t xml:space="preserve"> Horse  /  Showmanship at Halter  /  Y007006: Showmanship - Western, Grades 11</x:t>
   </x:si>
   <x:si>
     <x:t>1190</x:t>
   </x:si>
   <x:si>
     <x:t>1274</x:t>
   </x:si>
   <x:si>
     <x:t>308</x:t>
   </x:si>
   <x:si>
     <x:t>Walters, Zachary</x:t>
   </x:si>
   <x:si>
     <x:t>1333</x:t>
   </x:si>
   <x:si>
     <x:t>1648</x:t>
   </x:si>
   <x:si>
     <x:t>1729</x:t>
   </x:si>
   <x:si>
     <x:t>1739</x:t>
   </x:si>
   <x:si>
     <x:t>2191</x:t>
   </x:si>
   <x:si>
     <x:t>2208</x:t>
   </x:si>
   <x:si>
     <x:t>2352</x:t>
   </x:si>
   <x:si>
     <x:t>2424</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Horse  /  Showmanship at Halter  /  Y007007: Horse - Showmanship - Western, Grades 10</x:t>
+    <x:t xml:space="preserve"> Horse  /  Showmanship at Halter  /  Y007007: Showmanship - Western, Grades 10</x:t>
   </x:si>
   <x:si>
     <x:t>425</x:t>
   </x:si>
   <x:si>
     <x:t>499</x:t>
   </x:si>
   <x:si>
     <x:t>807</x:t>
   </x:si>
   <x:si>
     <x:t>911</x:t>
   </x:si>
   <x:si>
     <x:t>1053</x:t>
   </x:si>
   <x:si>
     <x:t>259</x:t>
   </x:si>
   <x:si>
     <x:t>Bastyr, Brooke</x:t>
   </x:si>
   <x:si>
     <x:t>1108</x:t>
   </x:si>
   <x:si>
     <x:t>1158</x:t>
   </x:si>
   <x:si>
     <x:t>Skare, Sierra</x:t>
   </x:si>
   <x:si>
     <x:t>1250</x:t>
   </x:si>
   <x:si>
     <x:t>1374</x:t>
   </x:si>
   <x:si>
     <x:t>460</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Sargent, Ireland </x:t>
   </x:si>
   <x:si>
     <x:t>1966</x:t>
   </x:si>
   <x:si>
     <x:t>Riverbend 4-HERS</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Horse  /  Showmanship at Halter  /  Y007008: Horse - Showmanship - Western, Grades 9</x:t>
+    <x:t xml:space="preserve"> Horse  /  Showmanship at Halter  /  Y007008: Showmanship - Western, Grades 9</x:t>
   </x:si>
   <x:si>
     <x:t>197</x:t>
   </x:si>
   <x:si>
     <x:t>Boeve, Claire</x:t>
   </x:si>
   <x:si>
     <x:t>831</x:t>
   </x:si>
   <x:si>
     <x:t>Blue Ribbon</x:t>
   </x:si>
   <x:si>
     <x:t>891</x:t>
   </x:si>
   <x:si>
     <x:t>1067</x:t>
   </x:si>
   <x:si>
     <x:t>1257</x:t>
   </x:si>
   <x:si>
     <x:t>1282</x:t>
   </x:si>
   <x:si>
     <x:t>1409</x:t>
   </x:si>
   <x:si>
     <x:t>1722</x:t>
   </x:si>
   <x:si>
     <x:t>416</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Elder, Evelyn </x:t>
   </x:si>
   <x:si>
     <x:t>1800</x:t>
   </x:si>
   <x:si>
     <x:t>Pequot Lakes Eagles</x:t>
   </x:si>
   <x:si>
     <x:t>2437</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Horse  /  Showmanship at Halter  /  Y007009: Horse - Showmanship - Western, Grades 8</x:t>
+    <x:t xml:space="preserve"> Horse  /  Showmanship at Halter  /  Y007009: Showmanship - Western, Grades 8</x:t>
   </x:si>
   <x:si>
     <x:t>670</x:t>
   </x:si>
   <x:si>
     <x:t>966</x:t>
   </x:si>
   <x:si>
     <x:t>1003</x:t>
   </x:si>
   <x:si>
     <x:t>1418</x:t>
   </x:si>
   <x:si>
     <x:t>1450</x:t>
   </x:si>
   <x:si>
     <x:t>367</x:t>
   </x:si>
   <x:si>
     <x:t>Hsieh, Sarah</x:t>
   </x:si>
   <x:si>
     <x:t>1581</x:t>
   </x:si>
   <x:si>
     <x:t>Virtual 4-H - North St. Louis County</x:t>
   </x:si>
   <x:si>
     <x:t>2266</x:t>
   </x:si>
   <x:si>
     <x:t>2632</x:t>
   </x:si>
   <x:si>
     <x:t>632</x:t>
   </x:si>
   <x:si>
     <x:t>Phelps, Dalainy</x:t>
   </x:si>
   <x:si>
     <x:t>2717</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Horse  /  Showmanship at Halter  /  Y007010: Horse - Showmanship - Western, Grades 7</x:t>
+    <x:t xml:space="preserve"> Horse  /  Showmanship at Halter  /  Y007010: Showmanship - Western, Grades 7</x:t>
   </x:si>
   <x:si>
     <x:t>80</x:t>
   </x:si>
   <x:si>
     <x:t>Koch, Lindan</x:t>
   </x:si>
   <x:si>
     <x:t>593</x:t>
   </x:si>
   <x:si>
     <x:t>282</x:t>
   </x:si>
   <x:si>
     <x:t>Deike, Bryn</x:t>
   </x:si>
   <x:si>
     <x:t>1200</x:t>
   </x:si>
   <x:si>
     <x:t>2305</x:t>
   </x:si>
   <x:si>
     <x:t>2525</x:t>
   </x:si>
   <x:si>
     <x:t>2551</x:t>
   </x:si>
   <x:si>
     <x:t>2601</x:t>
   </x:si>
   <x:si>
     <x:t>2655</x:t>
   </x:si>
   <x:si>
     <x:t>2693</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Horse  /  Showmanship at Halter  /  Y007011: Horse - Showmanship - Western, Grades 6</x:t>
+    <x:t xml:space="preserve"> Horse  /  Showmanship at Halter  /  Y007011: Showmanship - Western, Grades 6</x:t>
   </x:si>
   <x:si>
     <x:t>843</x:t>
   </x:si>
   <x:si>
     <x:t>1045</x:t>
   </x:si>
   <x:si>
     <x:t>2122</x:t>
   </x:si>
   <x:si>
     <x:t>2443</x:t>
   </x:si>
   <x:si>
     <x:t>2594</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Horse  /  Trail Class  /  Y005001: Horse - Trail Class, Grades 12+</x:t>
+    <x:t xml:space="preserve"> Horse  /  Trail Class  /  Y005001: Trail Class, Grades 12+</x:t>
   </x:si>
   <x:si>
     <x:t>480</x:t>
   </x:si>
   <x:si>
     <x:t>Juvland, Allyson</x:t>
   </x:si>
   <x:si>
     <x:t>779</x:t>
   </x:si>
   <x:si>
     <x:t>792</x:t>
   </x:si>
   <x:si>
     <x:t>1066</x:t>
   </x:si>
   <x:si>
     <x:t>1221</x:t>
   </x:si>
   <x:si>
     <x:t>Vejtruba, Taylor</x:t>
   </x:si>
   <x:si>
     <x:t>1935</x:t>
   </x:si>
   <x:si>
     <x:t>2066</x:t>
   </x:si>
   <x:si>
     <x:t>2094</x:t>
   </x:si>
   <x:si>
     <x:t>2249</x:t>
   </x:si>
   <x:si>
     <x:t>2670</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Horse  /  Trail Class  /  Y005002: Horse - Trail Class, Grades 10-11</x:t>
+    <x:t xml:space="preserve"> Horse  /  Trail Class  /  Y005002: Trail Class, Grades 10-11</x:t>
   </x:si>
   <x:si>
     <x:t>1193</x:t>
   </x:si>
   <x:si>
     <x:t>1337</x:t>
   </x:si>
   <x:si>
     <x:t>1653</x:t>
   </x:si>
   <x:si>
     <x:t>1734</x:t>
   </x:si>
   <x:si>
     <x:t>1744</x:t>
   </x:si>
   <x:si>
     <x:t>2105</x:t>
   </x:si>
   <x:si>
     <x:t>2112</x:t>
   </x:si>
   <x:si>
     <x:t>2331</x:t>
   </x:si>
   <x:si>
     <x:t>2357</x:t>
   </x:si>
   <x:si>
     <x:t>642</x:t>
   </x:si>
   <x:si>
     <x:t>Linn, Paislee</x:t>
   </x:si>
   <x:si>
     <x:t>2752</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Horse  /  Trail Class  /  Y005003: Horse - Trail Class, Grades 8-9</x:t>
+    <x:t xml:space="preserve"> Horse  /  Trail Class  /  Y005003: Trail Class, Grades 8-9</x:t>
   </x:si>
   <x:si>
     <x:t>896</x:t>
   </x:si>
   <x:si>
     <x:t>970</x:t>
   </x:si>
   <x:si>
     <x:t>1008</x:t>
   </x:si>
   <x:si>
     <x:t>1114</x:t>
   </x:si>
   <x:si>
     <x:t>1271</x:t>
   </x:si>
   <x:si>
     <x:t>1275</x:t>
   </x:si>
   <x:si>
     <x:t>1647</x:t>
   </x:si>
   <x:si>
     <x:t>2162</x:t>
   </x:si>
   <x:si>
     <x:t>2442</x:t>
   </x:si>
   <x:si>
     <x:t>2637</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Horse  /  Trail Class  /  Y005004: Horse - Trail Class, Grades 6-7</x:t>
+    <x:t xml:space="preserve"> Horse  /  Trail Class  /  Y005004: Trail Class, Grades 6-7</x:t>
   </x:si>
   <x:si>
     <x:t>848</x:t>
   </x:si>
   <x:si>
     <x:t>1050</x:t>
   </x:si>
   <x:si>
     <x:t>1249</x:t>
   </x:si>
   <x:si>
     <x:t>442</x:t>
   </x:si>
   <x:si>
     <x:t>Klassen, Hattie</x:t>
   </x:si>
   <x:si>
     <x:t>1890</x:t>
   </x:si>
   <x:si>
     <x:t>Loyal Lakers/Carson Climbers</x:t>
   </x:si>
   <x:si>
     <x:t>2319</x:t>
   </x:si>
   <x:si>
     <x:t>2516</x:t>
   </x:si>
   <x:si>
     <x:t>2531</x:t>
   </x:si>
   <x:si>
     <x:t>2660</x:t>
   </x:si>
   <x:si>
     <x:t>2758</x:t>
   </x:si>
   <x:si>
     <x:t>649</x:t>
   </x:si>
   <x:si>
     <x:t>Thesing, Rita</x:t>
   </x:si>
   <x:si>
     <x:t>2782</x:t>
   </x:si>
   <x:si>
     <x:t>Carlos Happy Helpers</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Horse  /  Western  /  Y008001: Horse - Western Pleasure - Pleasure Type, Grade 10+</x:t>
+    <x:t xml:space="preserve"> Horse  /  Western  /  Y008001: Western Pleasure - Pleasure Type, Grade 10+</x:t>
   </x:si>
   <x:si>
     <x:t>Johnson, Madelyn</x:t>
   </x:si>
   <x:si>
     <x:t>1918</x:t>
   </x:si>
   <x:si>
     <x:t>1927</x:t>
   </x:si>
   <x:si>
     <x:t>2179</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Horse  /  Western  /  Y008002: Horse - Western Pleasure - Pleasure Type, Grade 6-9</x:t>
+    <x:t xml:space="preserve"> Horse  /  Western  /  Y008002: Western Pleasure - Pleasure Type, Grade 6-9</x:t>
   </x:si>
   <x:si>
     <x:t>1367</x:t>
   </x:si>
   <x:si>
     <x:t>1831</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Horse  /  Western  /  Y008003: Horse - Western Pleasure, Grade 13</x:t>
+    <x:t xml:space="preserve"> Horse  /  Western  /  Y008003: Western Pleasure, Grade 13</x:t>
   </x:si>
   <x:si>
     <x:t>477</x:t>
   </x:si>
   <x:si>
     <x:t>514</x:t>
   </x:si>
   <x:si>
     <x:t>2648</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Horse  /  Western  /  Y008004: Horse - Western Pleasure, Grade 12</x:t>
+    <x:t xml:space="preserve"> Horse  /  Western  /  Y008004: Western Pleasure, Grade 12</x:t>
   </x:si>
   <x:si>
     <x:t>1060</x:t>
   </x:si>
   <x:si>
     <x:t>1217</x:t>
   </x:si>
   <x:si>
     <x:t>2238</x:t>
   </x:si>
   <x:si>
     <x:t>2623</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Horse  /  Western  /  Y008005: Horse - Western Pleasure, Grade 11</x:t>
+    <x:t xml:space="preserve"> Horse  /  Western  /  Y008005: Western Pleasure, Grade 11</x:t>
   </x:si>
   <x:si>
     <x:t>1038</x:t>
   </x:si>
   <x:si>
     <x:t>1087</x:t>
   </x:si>
   <x:si>
     <x:t>1191</x:t>
   </x:si>
   <x:si>
     <x:t>1334</x:t>
   </x:si>
   <x:si>
     <x:t>1730</x:t>
   </x:si>
   <x:si>
     <x:t>1740</x:t>
   </x:si>
   <x:si>
     <x:t>2353</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Horse  /  Western  /  Y008006: Horse - Western Pleasure, Grade 10</x:t>
+    <x:t xml:space="preserve"> Horse  /  Western  /  Y008006: Western Pleasure, Grade 10</x:t>
   </x:si>
   <x:si>
     <x:t>808</x:t>
   </x:si>
   <x:si>
     <x:t>1054</x:t>
   </x:si>
   <x:si>
     <x:t>1159</x:t>
   </x:si>
   <x:si>
     <x:t>1251</x:t>
   </x:si>
   <x:si>
     <x:t>1957</x:t>
   </x:si>
   <x:si>
     <x:t>532</x:t>
   </x:si>
   <x:si>
     <x:t>Wendland, Samantha</x:t>
   </x:si>
   <x:si>
     <x:t>2278</x:t>
   </x:si>
   <x:si>
     <x:t>Pease Corps</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Horse  /  Western  /  Y008007: Horse - Western Pleasure, Grade 9</x:t>
+    <x:t xml:space="preserve"> Horse  /  Western  /  Y008007: Western Pleasure, Grade 9</x:t>
   </x:si>
   <x:si>
     <x:t>892</x:t>
   </x:si>
   <x:si>
     <x:t>1259</x:t>
   </x:si>
   <x:si>
     <x:t>1410</x:t>
   </x:si>
   <x:si>
     <x:t>1723</x:t>
   </x:si>
   <x:si>
     <x:t>2301</x:t>
   </x:si>
   <x:si>
     <x:t>2438</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Horse  /  Western  /  Y008008: Horse - Western Pleasure, Grade 8</x:t>
+    <x:t xml:space="preserve"> Horse  /  Western  /  Y008008: Western Pleasure, Grade 8</x:t>
   </x:si>
   <x:si>
     <x:t>671</x:t>
   </x:si>
   <x:si>
     <x:t>192</x:t>
   </x:si>
   <x:si>
     <x:t>Fick, Blakley</x:t>
   </x:si>
   <x:si>
     <x:t>822</x:t>
   </x:si>
   <x:si>
     <x:t>Magnolia Juniors</x:t>
   </x:si>
   <x:si>
     <x:t>1592</x:t>
   </x:si>
   <x:si>
     <x:t>2365</x:t>
   </x:si>
   <x:si>
     <x:t>2633</x:t>
   </x:si>
   <x:si>
     <x:t>2718</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Horse  /  Western  /  Y008009: Horse - Western Pleasure, Grade 7</x:t>
+    <x:t xml:space="preserve"> Horse  /  Western  /  Y008009: Western Pleasure, Grade 7</x:t>
   </x:si>
   <x:si>
     <x:t>1242</x:t>
   </x:si>
   <x:si>
     <x:t>1669</x:t>
   </x:si>
   <x:si>
     <x:t>2315</x:t>
   </x:si>
   <x:si>
     <x:t>2526</x:t>
   </x:si>
   <x:si>
     <x:t>2602</x:t>
   </x:si>
   <x:si>
     <x:t>2656</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Horse  /  Western  /  Y008010: Horse - Western Pleasure, Grade 6</x:t>
+    <x:t xml:space="preserve"> Horse  /  Western  /  Y008010: Western Pleasure, Grade 6</x:t>
   </x:si>
   <x:si>
     <x:t>Duchene, Sumer</x:t>
   </x:si>
   <x:si>
     <x:t>606</x:t>
   </x:si>
   <x:si>
     <x:t>Happy Hounds</x:t>
   </x:si>
   <x:si>
     <x:t>2444</x:t>
   </x:si>
   <x:si>
     <x:t>2511</x:t>
   </x:si>
   <x:si>
     <x:t>2595</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Horse  /  Western  /  Y008011: Horse - Western Pony Pleasure, All Grades</x:t>
+    <x:t xml:space="preserve"> Horse  /  Western  /  Y008011: Pony Western Pleasure, All Grades</x:t>
   </x:si>
   <x:si>
     <x:t>787</x:t>
   </x:si>
   <x:si>
     <x:t>2089</x:t>
   </x:si>
   <x:si>
     <x:t>2609</x:t>
   </x:si>
   <x:si>
     <x:t>2666</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Horse  /  Western  /  Y008012: Horse - Western Horsemanship, Grade 13</x:t>
+    <x:t xml:space="preserve"> Horse  /  Western  /  Y008012: Western Horsemanship, Grade 13</x:t>
   </x:si>
   <x:si>
     <x:t>478</x:t>
   </x:si>
   <x:si>
     <x:t>515</x:t>
   </x:si>
   <x:si>
     <x:t>788</x:t>
   </x:si>
   <x:si>
     <x:t>1319</x:t>
   </x:si>
   <x:si>
     <x:t>1932</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Horse  /  Western  /  Y008013: Horse - Western Horsemanship, Grade 12</x:t>
+    <x:t xml:space="preserve"> Horse  /  Western  /  Y008013: Western Horsemanship, Grade 12</x:t>
   </x:si>
   <x:si>
     <x:t>1061</x:t>
   </x:si>
   <x:si>
     <x:t>1218</x:t>
   </x:si>
   <x:si>
     <x:t>2090</x:t>
   </x:si>
   <x:si>
     <x:t>2252</x:t>
   </x:si>
   <x:si>
     <x:t>2610</x:t>
   </x:si>
   <x:si>
     <x:t>2827</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Horse  /  Western  /  Y008014: Horse - Western Horsemanship, Grade 11</x:t>
+    <x:t xml:space="preserve"> Horse  /  Western  /  Y008014: Western Horsemanship, Grade 11</x:t>
   </x:si>
   <x:si>
     <x:t>1039</x:t>
   </x:si>
   <x:si>
     <x:t>1273</x:t>
   </x:si>
   <x:si>
     <x:t>1335</x:t>
   </x:si>
   <x:si>
     <x:t>1650</x:t>
   </x:si>
   <x:si>
     <x:t>1731</x:t>
   </x:si>
   <x:si>
     <x:t>1741</x:t>
   </x:si>
   <x:si>
     <x:t>2210</x:t>
   </x:si>
   <x:si>
     <x:t>2354</x:t>
   </x:si>
   <x:si>
     <x:t>2425</x:t>
   </x:si>
   <x:si>
     <x:t>Balfanz, Jocelyn</x:t>
   </x:si>
   <x:si>
     <x:t>2616</x:t>
   </x:si>
   <x:si>
     <x:t>Farmers Friends</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Horse  /  Western  /  Y008015: Horse - Western Horsemanship, Grade 10</x:t>
+    <x:t xml:space="preserve"> Horse  /  Western  /  Y008015: Western Horsemanship, Grade 10</x:t>
   </x:si>
   <x:si>
     <x:t>436</x:t>
   </x:si>
   <x:si>
     <x:t>913</x:t>
   </x:si>
   <x:si>
     <x:t>1055</x:t>
   </x:si>
   <x:si>
     <x:t>1160</x:t>
   </x:si>
   <x:si>
     <x:t>276</x:t>
   </x:si>
   <x:si>
     <x:t>Reed, Olivia</x:t>
   </x:si>
   <x:si>
     <x:t>1178</x:t>
   </x:si>
   <x:si>
     <x:t>1252</x:t>
   </x:si>
   <x:si>
     <x:t>378</x:t>
   </x:si>
   <x:si>
     <x:t>Bjorgaard, Brooke</x:t>
   </x:si>
   <x:si>
     <x:t>1629</x:t>
   </x:si>
   <x:si>
     <x:t>Viking Volcanoes</x:t>
   </x:si>
   <x:si>
     <x:t>2180</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Horse  /  Western  /  Y008016: Horse - Western Horsemanship, Grade 9</x:t>
+    <x:t xml:space="preserve"> Horse  /  Western  /  Y008016: Western Horsemanship, Grade 9</x:t>
   </x:si>
   <x:si>
     <x:t>893</x:t>
   </x:si>
   <x:si>
     <x:t>1069</x:t>
   </x:si>
   <x:si>
     <x:t>1110</x:t>
   </x:si>
   <x:si>
     <x:t>1260</x:t>
   </x:si>
   <x:si>
     <x:t>1411</x:t>
   </x:si>
   <x:si>
     <x:t>1724</x:t>
   </x:si>
   <x:si>
     <x:t>1939</x:t>
   </x:si>
   <x:si>
     <x:t>2153</x:t>
   </x:si>
   <x:si>
     <x:t>2302</x:t>
   </x:si>
   <x:si>
     <x:t>2439</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Horse  /  Western  /  Y008017: Horse - Western Horsemanship, Grade 8</x:t>
+    <x:t xml:space="preserve"> Horse  /  Western  /  Y008017: Western Horsemanship, Grade 8</x:t>
   </x:si>
   <x:si>
     <x:t>113</x:t>
   </x:si>
   <x:si>
     <x:t>Castle, Adalyn</x:t>
   </x:si>
   <x:si>
     <x:t>518</x:t>
   </x:si>
   <x:si>
     <x:t>672</x:t>
   </x:si>
   <x:si>
     <x:t>823</x:t>
   </x:si>
   <x:si>
     <x:t>967</x:t>
   </x:si>
   <x:si>
     <x:t>1368</x:t>
   </x:si>
   <x:si>
     <x:t>1451</x:t>
   </x:si>
   <x:si>
     <x:t>1593</x:t>
   </x:si>
   <x:si>
     <x:t>2366</x:t>
   </x:si>
   <x:si>
     <x:t>2634</x:t>
   </x:si>
   <x:si>
     <x:t>2719</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Horse  /  Western  /  Y008018: Horse - Western Horsemanship, Grade 7</x:t>
+    <x:t xml:space="preserve"> Horse  /  Western  /  Y008018: Western Horsemanship, Grade 7</x:t>
   </x:si>
   <x:si>
     <x:t>Bell, Aubrey</x:t>
   </x:si>
   <x:si>
     <x:t>857</x:t>
   </x:si>
   <x:si>
     <x:t>1670</x:t>
   </x:si>
   <x:si>
     <x:t>1816</x:t>
   </x:si>
   <x:si>
     <x:t>1997</x:t>
   </x:si>
   <x:si>
     <x:t>2316</x:t>
   </x:si>
   <x:si>
     <x:t>2527</x:t>
   </x:si>
   <x:si>
     <x:t>2553</x:t>
   </x:si>
   <x:si>
     <x:t>2603</x:t>
   </x:si>
   <x:si>
     <x:t>2695</x:t>
   </x:si>
   <x:si>
     <x:t>2780</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Horse  /  Western  /  Y008019: Horse - Western Horsemanship, Grade 6</x:t>
+    <x:t xml:space="preserve"> Horse  /  Western  /  Y008019: Western Horsemanship, Grade 6</x:t>
   </x:si>
   <x:si>
     <x:t>845</x:t>
   </x:si>
   <x:si>
     <x:t>1046</x:t>
   </x:si>
   <x:si>
     <x:t>Foley, Brynnley</x:t>
   </x:si>
   <x:si>
     <x:t>1143</x:t>
   </x:si>
   <x:si>
     <x:t>Jutz, Jemma</x:t>
   </x:si>
   <x:si>
     <x:t>1672</x:t>
   </x:si>
   <x:si>
     <x:t>1694</x:t>
   </x:si>
   <x:si>
     <x:t>2445</x:t>
   </x:si>
   <x:si>
     <x:t>2596</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Horse  /  Western  /  Y008020: Horse - Ranch Pleasure - Grade 10+</x:t>
+    <x:t xml:space="preserve"> Horse  /  Western  /  Y008020: Ranch Pleasure - Grade 10+</x:t>
   </x:si>
   <x:si>
     <x:t>778</x:t>
   </x:si>
   <x:si>
     <x:t>Urbach, Jenavieve</x:t>
   </x:si>
   <x:si>
     <x:t>1465</x:t>
   </x:si>
   <x:si>
     <x:t>Robillard, Fiona</x:t>
   </x:si>
   <x:si>
     <x:t>1894</x:t>
   </x:si>
   <x:si>
     <x:t>2239</x:t>
   </x:si>
   <x:si>
     <x:t>2327</x:t>
   </x:si>
   <x:si>
     <x:t>2426</x:t>
   </x:si>
   <x:si>
     <x:t>2617</x:t>
   </x:si>
   <x:si>
     <x:t>2805</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Horse  /  Western  /  Y008021: Horse - Ranch Pleasure - Grade 6-9</x:t>
+    <x:t xml:space="preserve"> Horse  /  Western  /  Y008021: Ranch Pleasure - Grade 6-9</x:t>
   </x:si>
   <x:si>
     <x:t>1111</x:t>
   </x:si>
   <x:si>
     <x:t>1201</x:t>
   </x:si>
   <x:si>
     <x:t>1644</x:t>
   </x:si>
   <x:si>
     <x:t>1695</x:t>
   </x:si>
   <x:si>
     <x:t>1912</x:t>
   </x:si>
   <x:si>
     <x:t>1940</x:t>
   </x:si>
   <x:si>
     <x:t>2757</x:t>
   </x:si>
   <x:si>
     <x:t>2759</x:t>
   </x:si>