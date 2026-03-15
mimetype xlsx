--- v2 (2026-02-07)
+++ v3 (2026-03-15)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15fa620afaa54d14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f493b49ea1dc4359b9368f68789dd9b0.psmdcp" Id="R1908faa4aadd4bb8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c0d6d9a81c84af2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/55be42bef83a48889218f707b2775c6e.psmdcp" Id="R13e6fbd517224f1c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Results-2025 State 4-H Horse..." sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1858" uniqueCount="1858">
   <x:si>
     <x:t>Hierarchy Path</x:t>
   </x:si>
   <x:si>
     <x:t>Exhibitor Number</x:t>
   </x:si>
   <x:si>