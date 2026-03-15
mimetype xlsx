--- v3 (2026-03-15)
+++ v4 (2026-03-15)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c0d6d9a81c84af2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/55be42bef83a48889218f707b2775c6e.psmdcp" Id="R13e6fbd517224f1c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88867f5672ce49b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7d592cf604e44da1b7f9703d57f9f50c.psmdcp" Id="R0db9ed8eaf5244f9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Results-2025 State 4-H Horse..." sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1858" uniqueCount="1858">
   <x:si>
     <x:t>Hierarchy Path</x:t>
   </x:si>
   <x:si>
     <x:t>Exhibitor Number</x:t>
   </x:si>
   <x:si>