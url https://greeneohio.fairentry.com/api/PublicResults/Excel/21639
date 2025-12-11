--- v0 (2025-10-14)
+++ v1 (2025-12-11)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f6088efd18b4319" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0a4f3c5223724ee19d05e9274dc5cfa1.psmdcp" Id="R57a39a3dac7140fe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2661717901f64957" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b871788ad6a3464fb2430fcfb0c17b1f.psmdcp" Id="R006c465d74894501" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Results-2025 Becker County F..." sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1762" uniqueCount="1762">
   <x:si>
     <x:t>Hierarchy Path</x:t>
   </x:si>
   <x:si>
     <x:t>Exhibitor Number</x:t>
   </x:si>
   <x:si>