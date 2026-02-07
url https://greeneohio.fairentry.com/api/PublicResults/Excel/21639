--- v1 (2025-12-11)
+++ v2 (2026-02-07)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2661717901f64957" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b871788ad6a3464fb2430fcfb0c17b1f.psmdcp" Id="R006c465d74894501" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1fad33fa748a4451" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9072f07cc7744fdc8cff4c7cc1f850e6.psmdcp" Id="Rda68d97d80b94ba7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Results-2025 Becker County F..." sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1762" uniqueCount="1762">
   <x:si>
     <x:t>Hierarchy Path</x:t>
   </x:si>
   <x:si>
     <x:t>Exhibitor Number</x:t>
   </x:si>
   <x:si>