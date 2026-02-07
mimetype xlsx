--- v2 (2026-02-07)
+++ v3 (2026-02-07)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1fad33fa748a4451" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9072f07cc7744fdc8cff4c7cc1f850e6.psmdcp" Id="Rda68d97d80b94ba7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95d83b5d9eed48d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9a99d0ef22aa4c00bdbf7d80a559f413.psmdcp" Id="R33b0635ec8be490e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Results-2025 Becker County F..." sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1762" uniqueCount="1762">
   <x:si>
     <x:t>Hierarchy Path</x:t>
   </x:si>
   <x:si>
     <x:t>Exhibitor Number</x:t>
   </x:si>
   <x:si>