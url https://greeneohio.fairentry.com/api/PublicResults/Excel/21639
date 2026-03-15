--- v3 (2026-02-07)
+++ v4 (2026-03-15)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95d83b5d9eed48d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9a99d0ef22aa4c00bdbf7d80a559f413.psmdcp" Id="R33b0635ec8be490e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2530d782a9cb4349" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1e320f12254e45a384165ecbf0daa5f7.psmdcp" Id="R5a481561cf2e4f71" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Results-2025 Becker County F..." sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1762" uniqueCount="1762">
   <x:si>
     <x:t>Hierarchy Path</x:t>
   </x:si>
   <x:si>
     <x:t>Exhibitor Number</x:t>
   </x:si>
   <x:si>