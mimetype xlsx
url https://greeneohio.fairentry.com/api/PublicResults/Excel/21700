--- v0 (2025-10-14)
+++ v1 (2025-12-13)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra632e330e12b4361" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7265dad7813243c3bbe267e270b62100.psmdcp" Id="Rb7a4bf676278492e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1055083142c14cb7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b1df94a90d5d4326bb984cc053fde445.psmdcp" Id="R9033595412dd47c5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Results-2025 Clay County Fai..." sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1625" uniqueCount="1625">
   <x:si>
     <x:t>Hierarchy Path</x:t>
   </x:si>
   <x:si>
     <x:t>Exhibitor Number</x:t>
   </x:si>
   <x:si>