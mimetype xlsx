--- v1 (2025-12-13)
+++ v2 (2026-02-07)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1055083142c14cb7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b1df94a90d5d4326bb984cc053fde445.psmdcp" Id="R9033595412dd47c5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c8924aac7424111" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/95082e80c9c24c97bb5f004f29fdcf31.psmdcp" Id="Ra80f6f19189543d0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Results-2025 Clay County Fai..." sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1625" uniqueCount="1625">
   <x:si>
     <x:t>Hierarchy Path</x:t>
   </x:si>
   <x:si>
     <x:t>Exhibitor Number</x:t>
   </x:si>
   <x:si>
@@ -1013,50 +1013,56 @@
   <x:si>
     <x:t>1562</x:t>
   </x:si>
   <x:si>
     <x:t>1563</x:t>
   </x:si>
   <x:si>
     <x:t>1564</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Electric &amp; Renewable Energy  /  Electrical and Electronics  /  3503: Electronic Projects</x:t>
   </x:si>
   <x:si>
     <x:t>1467</x:t>
   </x:si>
   <x:si>
     <x:t>1496</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Electric &amp; Renewable Energy  /  Electrical and Electronics  /  3505: Educational Display and Exhibits</x:t>
   </x:si>
   <x:si>
     <x:t>1497</x:t>
   </x:si>
   <x:si>
+    <x:t xml:space="preserve"> Fashion Revue - Shopping in Style  /  Educational Display  /  1610: Senior (4-H age 14-18)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1816</x:t>
+  </x:si>
+  <x:si>
     <x:t xml:space="preserve"> Fashion Revue - Shopping in Style  /  Intermediate Fashion Revue (4-H Age 10-13)  /  1604: Constructed Garment</x:t>
   </x:si>
   <x:si>
     <x:t>262</x:t>
   </x:si>
   <x:si>
     <x:t>438</x:t>
   </x:si>
   <x:si>
     <x:t>919</x:t>
   </x:si>
   <x:si>
     <x:t>67</x:t>
   </x:si>
   <x:si>
     <x:t>Taddiken, Neelly</x:t>
   </x:si>
   <x:si>
     <x:t>1010</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Fashion Revue - Shopping in Style  /  Intermediate Fashion Revue (4-H Age 10-13)  /  1605: Buymanship garment or outfit</x:t>
   </x:si>
   <x:si>
     <x:t>14</x:t>
@@ -1164,56 +1170,50 @@
     <x:t xml:space="preserve"> Fashion Revue - Shopping in Style  /  Senior Fashion Revue (4-H Age 14-18)  /  1606: Constructed Garment</x:t>
   </x:si>
   <x:si>
     <x:t>32</x:t>
   </x:si>
   <x:si>
     <x:t>Sleichter, Natalie</x:t>
   </x:si>
   <x:si>
     <x:t>464</x:t>
   </x:si>
   <x:si>
     <x:t>1542</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Fashion Revue - Shopping in Style  /  Senior Fashion Revue (4-H Age 14-18)  /  1607: Buymanship garment or outfit</x:t>
   </x:si>
   <x:si>
     <x:t>465</x:t>
   </x:si>
   <x:si>
     <x:t>1517</x:t>
   </x:si>
   <x:si>
     <x:t>1565</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>1816</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Favorite Food Show  /  Favorite Food Show  /  1901: Beginner (4-H Age 7-8)</x:t>
   </x:si>
   <x:si>
     <x:t>218</x:t>
   </x:si>
   <x:si>
     <x:t>609</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Favorite Food Show  /  Favorite Food Show  /  1902: Junior (4-H Age 9-11)</x:t>
   </x:si>
   <x:si>
     <x:t>10</x:t>
   </x:si>
   <x:si>
     <x:t>Washa, CheviAnn</x:t>
   </x:si>
   <x:si>
     <x:t>92</x:t>
   </x:si>
   <x:si>
     <x:t>264</x:t>
   </x:si>
@@ -8795,826 +8795,826 @@
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C147" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="D147" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="F147" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I147" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:10">
       <x:c r="A148" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="C148" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="D148" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="F148" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="I148" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J148" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:10">
       <x:c r="A149" s="0" t="s">
-        <x:v>334</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="C149" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D149" s="0" t="s">
-        <x:v>336</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="F149" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I149" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:10">
       <x:c r="A150" s="0" t="s">
-        <x:v>334</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C150" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D150" s="0" t="s">
-        <x:v>337</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="F150" s="0" t="s">
-        <x:v>45</x:v>
-[...2 lines deleted...]
-        <x:v>46</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="I150" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J150" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:10">
       <x:c r="A151" s="0" t="s">
-        <x:v>334</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
-        <x:v>338</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C151" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="D151" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
-      <x:c r="D151" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F151" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H151" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="I151" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:10">
       <x:c r="A152" s="0" t="s">
+        <x:v>336</x:v>
+      </x:c>
+      <x:c r="B152" s="0" t="s">
+        <x:v>340</x:v>
+      </x:c>
+      <x:c r="C152" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
-      <x:c r="B152" s="0" t="s">
+      <x:c r="D152" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
-      <x:c r="C152" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F152" s="0" t="s">
         <x:v>45</x:v>
+      </x:c>
+      <x:c r="H152" s="0" t="s">
+        <x:v>72</x:v>
       </x:c>
       <x:c r="I152" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J152" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:10">
       <x:c r="A153" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="C153" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="D153" s="0" t="s">
-        <x:v>344</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="F153" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I153" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:10">
       <x:c r="A154" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="C154" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D154" s="0" t="s">
-        <x:v>345</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="F154" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
-      <x:c r="H154" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I154" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J154" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:10">
       <x:c r="A155" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
-        <x:v>346</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C155" s="0" t="s">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="D155" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
-      <x:c r="D155" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F155" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="H155" s="0" t="s">
+        <x:v>72</x:v>
       </x:c>
       <x:c r="I155" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:10">
       <x:c r="A156" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
+        <x:v>348</x:v>
+      </x:c>
+      <x:c r="C156" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
-      <x:c r="C156" s="0" t="s">
+      <x:c r="D156" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
-      <x:c r="D156" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F156" s="0" t="s">
-        <x:v>45</x:v>
-[...2 lines deleted...]
-        <x:v>46</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="I156" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J156" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:10">
       <x:c r="A157" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
+        <x:v>351</x:v>
+      </x:c>
+      <x:c r="C157" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
-      <x:c r="C157" s="0" t="s">
+      <x:c r="D157" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
-      <x:c r="D157" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F157" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="H157" s="0" t="s">
+        <x:v>46</x:v>
       </x:c>
       <x:c r="I157" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:10">
       <x:c r="A158" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
-        <x:v>338</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="C158" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="D158" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="F158" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="I158" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J158" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:10">
       <x:c r="A159" s="0" t="s">
+        <x:v>343</x:v>
+      </x:c>
+      <x:c r="B159" s="0" t="s">
+        <x:v>340</x:v>
+      </x:c>
+      <x:c r="C159" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
-      <x:c r="B159" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D159" s="0" t="s">
-        <x:v>356</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="F159" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="I159" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:10">
       <x:c r="A160" s="0" t="s">
-        <x:v>357</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="C160" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="D160" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="F160" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="I160" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J160" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:10">
       <x:c r="A161" s="0" t="s">
-        <x:v>357</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
-        <x:v>359</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C161" s="0" t="s">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="D161" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
-      <x:c r="D161" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F161" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="I161" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:10">
       <x:c r="A162" s="0" t="s">
-        <x:v>357</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="C162" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="D162" s="0" t="s">
-        <x:v>362</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="F162" s="0" t="s">
-        <x:v>45</x:v>
-[...2 lines deleted...]
-        <x:v>72</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="I162" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J162" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:10">
       <x:c r="A163" s="0" t="s">
-        <x:v>357</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C163" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="D163" s="0" t="s">
-        <x:v>363</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="F163" s="0" t="s">
         <x:v>45</x:v>
+      </x:c>
+      <x:c r="H163" s="0" t="s">
+        <x:v>72</x:v>
       </x:c>
       <x:c r="I163" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:10">
       <x:c r="A164" s="0" t="s">
-        <x:v>357</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
-        <x:v>282</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C164" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D164" s="0" t="s">
-        <x:v>364</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="F164" s="0" t="s">
         <x:v>45</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>46</x:v>
       </x:c>
       <x:c r="I164" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J164" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:10">
       <x:c r="A165" s="0" t="s">
-        <x:v>357</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="C165" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="D165" s="0" t="s">
-        <x:v>365</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="F165" s="0" t="s">
         <x:v>45</x:v>
+      </x:c>
+      <x:c r="H165" s="0" t="s">
+        <x:v>46</x:v>
       </x:c>
       <x:c r="I165" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:10">
       <x:c r="A166" s="0" t="s">
-        <x:v>366</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="C166" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="D166" s="0" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="F166" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I166" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J166" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:10">
       <x:c r="A167" s="0" t="s">
-        <x:v>366</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C167" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D167" s="0" t="s">
-        <x:v>368</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="F167" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I167" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:10">
       <x:c r="A168" s="0" t="s">
-        <x:v>366</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
-        <x:v>359</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C168" s="0" t="s">
-        <x:v>360</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="D168" s="0" t="s">
-        <x:v>369</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="F168" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="I168" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J168" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:10">
       <x:c r="A169" s="0" t="s">
-        <x:v>366</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
-        <x:v>282</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="C169" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="D169" s="0" t="s">
-        <x:v>370</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="F169" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I169" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:10">
       <x:c r="A170" s="0" t="s">
-        <x:v>366</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="C170" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="D170" s="0" t="s">
-        <x:v>371</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="F170" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I170" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J170" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:10">
       <x:c r="A171" s="0" t="s">
-        <x:v>366</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
-        <x:v>307</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="C171" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="D171" s="0" t="s">
-        <x:v>372</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="F171" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="I171" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:10">
       <x:c r="A172" s="0" t="s">
-        <x:v>366</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
-        <x:v>373</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="C172" s="0" t="s">
+        <x:v>308</x:v>
+      </x:c>
+      <x:c r="D172" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
-      <x:c r="D172" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F172" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
-      <x:c r="H172" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I172" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J172" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:10">
       <x:c r="A173" s="0" t="s">
+        <x:v>368</x:v>
+      </x:c>
+      <x:c r="B173" s="0" t="s">
+        <x:v>375</x:v>
+      </x:c>
+      <x:c r="C173" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
-      <x:c r="B173" s="0" t="s">
+      <x:c r="D173" s="0" t="s">
         <x:v>377</x:v>
       </x:c>
-      <x:c r="C173" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F173" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H173" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="I173" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:10">
       <x:c r="A174" s="0" t="s">
-        <x:v>376</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="C174" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="D174" s="0" t="s">
-        <x:v>380</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="F174" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H174" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="I174" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J174" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:10">
       <x:c r="A175" s="0" t="s">
-        <x:v>381</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C175" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D175" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="F175" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H175" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="I175" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:10">
       <x:c r="A176" s="0" t="s">
-        <x:v>381</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="C176" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="D176" s="0" t="s">
-        <x:v>383</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="F176" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
+      <x:c r="H176" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
       <x:c r="I176" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J176" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:10">
       <x:c r="A177" s="0" t="s">
-        <x:v>381</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
-        <x:v>324</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C177" s="0" t="s">
-        <x:v>325</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="D177" s="0" t="s">
-        <x:v>384</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="F177" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
-      <x:c r="H177" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I177" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:10">
       <x:c r="A178" s="0" t="s">
-        <x:v>385</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="C178" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="D178" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="F178" s="0" t="s">
         <x:v>45</x:v>
+      </x:c>
+      <x:c r="H178" s="0" t="s">
+        <x:v>46</x:v>
       </x:c>
       <x:c r="I178" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J178" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:10">
       <x:c r="A179" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C179" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D179" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="F179" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H179" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="I179" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:10">
       <x:c r="A180" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
-        <x:v>359</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="C180" s="0" t="s">
-        <x:v>360</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="D180" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="F180" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H180" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I180" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J180" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:10">
       <x:c r="A181" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="C181" s="0" t="s">
@@ -9665,54 +9665,54 @@
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C183" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="D183" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="F183" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I183" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:10">
       <x:c r="A184" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
-        <x:v>346</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="C184" s="0" t="s">
-        <x:v>347</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="D184" s="0" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="F184" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I184" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J184" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:10">
       <x:c r="A185" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="C185" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="D185" s="0" t="s">
@@ -9737,54 +9737,54 @@
       </x:c>
       <x:c r="B186" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C186" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="D186" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="F186" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I186" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J186" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:10">
       <x:c r="A187" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
-        <x:v>349</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="C187" s="0" t="s">
-        <x:v>350</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="D187" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="F187" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H187" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="I187" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:10">
       <x:c r="A188" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="B188" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="C188" s="0" t="s">
@@ -9812,54 +9812,54 @@
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="C189" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="D189" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="F189" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I189" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:10">
       <x:c r="A190" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="B190" s="0" t="s">
-        <x:v>349</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="C190" s="0" t="s">
-        <x:v>350</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="D190" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="F190" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I190" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J190" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:10">
       <x:c r="A191" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="C191" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="D191" s="0" t="s">
@@ -9910,51 +9910,51 @@
       </x:c>
       <x:c r="D193" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="F193" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I193" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:10">
       <x:c r="A194" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="B194" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C194" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="D194" s="0" t="s">
-        <x:v>346</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="F194" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="I194" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J194" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:10">
       <x:c r="A195" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C195" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="D195" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="F195" s="0" t="s">
@@ -10434,54 +10434,54 @@
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="C215" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="D215" s="0" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="F215" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I215" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:10">
       <x:c r="A216" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="B216" s="0" t="s">
-        <x:v>342</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="C216" s="0" t="s">
-        <x:v>343</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="D216" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="F216" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I216" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J216" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:10">
       <x:c r="A217" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C217" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="D217" s="0" t="s">
@@ -10503,77 +10503,77 @@
       </x:c>
       <x:c r="B218" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C218" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="D218" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="F218" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I218" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J218" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:10">
       <x:c r="A219" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
-        <x:v>349</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="C219" s="0" t="s">
-        <x:v>350</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="D219" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="F219" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I219" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:10">
       <x:c r="A220" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="B220" s="0" t="s">
-        <x:v>352</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="C220" s="0" t="s">
-        <x:v>353</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="D220" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="F220" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H220" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="I220" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J220" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:10">
       <x:c r="A221" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C221" s="0" t="s">
@@ -10647,54 +10647,54 @@
       </x:c>
       <x:c r="B224" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="C224" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="D224" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="F224" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I224" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J224" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:10">
       <x:c r="A225" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
-        <x:v>373</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="C225" s="0" t="s">
-        <x:v>374</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="D225" s="0" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="F225" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H225" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="I225" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:10">
       <x:c r="A226" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="B226" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C226" s="0" t="s">
@@ -10958,77 +10958,77 @@
       </x:c>
       <x:c r="C237" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="D237" s="0" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="F237" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H237" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I237" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J237" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:10">
       <x:c r="A238" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="B238" s="0" t="s">
-        <x:v>359</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="C238" s="0" t="s">
-        <x:v>360</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="D238" s="0" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="F238" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I238" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J238" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:10">
       <x:c r="A239" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
-        <x:v>359</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="C239" s="0" t="s">
-        <x:v>360</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="D239" s="0" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="F239" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I239" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J239" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:10">
       <x:c r="A240" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="B240" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="C240" s="0" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="D240" s="0" t="s">
@@ -11441,51 +11441,51 @@
       </x:c>
       <x:c r="B258" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="C258" s="0" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="D258" s="0" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="F258" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="I258" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J258" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:10">
       <x:c r="A259" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
-        <x:v>367</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="C259" s="0" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="D259" s="0" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="F259" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I259" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J259" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:10">
       <x:c r="A260" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="B260" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="C260" s="0" t="s">
@@ -11536,100 +11536,100 @@
       </x:c>
       <x:c r="C262" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="D262" s="0" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="F262" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H262" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="I262" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J262" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:10">
       <x:c r="A263" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
-        <x:v>338</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="C263" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="D263" s="0" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="F263" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I263" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J263" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:10">
       <x:c r="A264" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="B264" s="0" t="s">
-        <x:v>338</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="C264" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="D264" s="0" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="F264" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I264" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J264" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:10">
       <x:c r="A265" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
-        <x:v>338</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="C265" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="D265" s="0" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="F265" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H265" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I265" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J265" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:10">
       <x:c r="A266" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="B266" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="C266" s="0" t="s">
@@ -11976,77 +11976,77 @@
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C281" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="D281" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="F281" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I281" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J281" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:10">
       <x:c r="A282" s="0" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="B282" s="0" t="s">
-        <x:v>346</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="C282" s="0" t="s">
-        <x:v>347</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="D282" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="F282" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I282" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J282" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:10">
       <x:c r="A283" s="0" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
-        <x:v>346</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="C283" s="0" t="s">
-        <x:v>347</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="D283" s="0" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="F283" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="I283" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J283" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:10">
       <x:c r="A284" s="0" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="B284" s="0" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="C284" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="D284" s="0" t="s">
@@ -12534,54 +12534,54 @@
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="C305" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="D305" s="0" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="F305" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I305" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J305" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:10">
       <x:c r="A306" s="0" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="B306" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="C306" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="D306" s="0" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="F306" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H306" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I306" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J306" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:10">
       <x:c r="A307" s="0" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C307" s="0" t="s">
@@ -12851,54 +12851,54 @@
       </x:c>
       <x:c r="B318" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C318" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="D318" s="0" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="F318" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I318" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J318" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:10">
       <x:c r="A319" s="0" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
-        <x:v>342</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="C319" s="0" t="s">
-        <x:v>343</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="D319" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="F319" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H319" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I319" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J319" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:10">
       <x:c r="A320" s="0" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="B320" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C320" s="0" t="s">
@@ -12923,77 +12923,77 @@
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="C321" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="D321" s="0" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="F321" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I321" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J321" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:10">
       <x:c r="A322" s="0" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="B322" s="0" t="s">
-        <x:v>349</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="C322" s="0" t="s">
-        <x:v>350</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="D322" s="0" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="F322" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I322" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J322" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:10">
       <x:c r="A323" s="0" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
-        <x:v>338</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="C323" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="D323" s="0" t="s">
         <x:v>600</x:v>
       </x:c>
       <x:c r="F323" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I323" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J323" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:10">
       <x:c r="A324" s="0" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="B324" s="0" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="C324" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="D324" s="0" t="s">
@@ -13093,106 +13093,106 @@
       </x:c>
       <x:c r="C328" s="0" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="D328" s="0" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="F328" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H328" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I328" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J328" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:10">
       <x:c r="A329" s="0" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
-        <x:v>349</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="C329" s="0" t="s">
-        <x:v>350</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="D329" s="0" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="F329" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H329" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="I329" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J329" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:10">
       <x:c r="A330" s="0" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="B330" s="0" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="C330" s="0" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="D330" s="0" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="F330" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H330" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I330" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J330" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:10">
       <x:c r="A331" s="0" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
-        <x:v>342</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="C331" s="0" t="s">
-        <x:v>343</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="D331" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="F331" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H331" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I331" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J331" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:10">
       <x:c r="A332" s="0" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="B332" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C332" s="0" t="s">
@@ -13318,54 +13318,54 @@
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="C337" s="0" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="D337" s="0" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="F337" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I337" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J337" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:10">
       <x:c r="A338" s="0" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="B338" s="0" t="s">
-        <x:v>342</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="C338" s="0" t="s">
-        <x:v>343</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="D338" s="0" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="F338" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I338" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J338" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:10">
       <x:c r="A339" s="0" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C339" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="D339" s="0" t="s">
@@ -13436,77 +13436,77 @@
       </x:c>
       <x:c r="C342" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="D342" s="0" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="F342" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H342" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I342" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J342" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:10">
       <x:c r="A343" s="0" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
-        <x:v>349</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="C343" s="0" t="s">
-        <x:v>350</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="D343" s="0" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="F343" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I343" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J343" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:10">
       <x:c r="A344" s="0" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="B344" s="0" t="s">
-        <x:v>338</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="C344" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="D344" s="0" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="F344" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H344" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="I344" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J344" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:10">
       <x:c r="A345" s="0" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="C345" s="0" t="s">
@@ -13773,54 +13773,54 @@
       </x:c>
       <x:c r="B356" s="0" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="C356" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="D356" s="0" t="s">
         <x:v>651</x:v>
       </x:c>
       <x:c r="F356" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I356" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J356" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:10">
       <x:c r="A357" s="0" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
-        <x:v>349</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="C357" s="0" t="s">
-        <x:v>350</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="D357" s="0" t="s">
         <x:v>653</x:v>
       </x:c>
       <x:c r="F357" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I357" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J357" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:10">
       <x:c r="A358" s="0" t="s">
         <x:v>654</x:v>
       </x:c>
       <x:c r="B358" s="0" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="C358" s="0" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="D358" s="0" t="s">
@@ -13888,100 +13888,100 @@
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C361" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="D361" s="0" t="s">
         <x:v>659</x:v>
       </x:c>
       <x:c r="F361" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I361" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J361" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:10">
       <x:c r="A362" s="0" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="B362" s="0" t="s">
-        <x:v>342</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="C362" s="0" t="s">
-        <x:v>343</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="D362" s="0" t="s">
         <x:v>660</x:v>
       </x:c>
       <x:c r="F362" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I362" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J362" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:10">
       <x:c r="A363" s="0" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="C363" s="0" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="D363" s="0" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="F363" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="I363" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J363" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:10">
       <x:c r="A364" s="0" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="B364" s="0" t="s">
-        <x:v>349</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="C364" s="0" t="s">
-        <x:v>350</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="D364" s="0" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="F364" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="I364" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J364" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:10">
       <x:c r="A365" s="0" t="s">
         <x:v>663</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C365" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="D365" s="0" t="s">
@@ -14187,77 +14187,77 @@
       </x:c>
       <x:c r="B374" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C374" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="D374" s="0" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="F374" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I374" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J374" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:10">
       <x:c r="A375" s="0" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
-        <x:v>349</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="C375" s="0" t="s">
-        <x:v>350</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="D375" s="0" t="s">
         <x:v>678</x:v>
       </x:c>
       <x:c r="F375" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I375" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J375" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:10">
       <x:c r="A376" s="0" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="B376" s="0" t="s">
-        <x:v>342</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="C376" s="0" t="s">
-        <x:v>343</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="D376" s="0" t="s">
         <x:v>679</x:v>
       </x:c>
       <x:c r="F376" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I376" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J376" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:10">
       <x:c r="A377" s="0" t="s">
         <x:v>680</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C377" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="D377" s="0" t="s">
@@ -14371,77 +14371,77 @@
       </x:c>
       <x:c r="B382" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C382" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="D382" s="0" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="F382" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I382" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J382" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:10">
       <x:c r="A383" s="0" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
-        <x:v>342</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="C383" s="0" t="s">
-        <x:v>343</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="D383" s="0" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="F383" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="I383" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J383" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:10">
       <x:c r="A384" s="0" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="B384" s="0" t="s">
-        <x:v>349</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="C384" s="0" t="s">
-        <x:v>350</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="D384" s="0" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="F384" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I384" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J384" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:10">
       <x:c r="A385" s="0" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C385" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="D385" s="0" t="s">
@@ -14532,54 +14532,54 @@
       </x:c>
       <x:c r="B389" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C389" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="D389" s="0" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="F389" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I389" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J389" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:10">
       <x:c r="A390" s="0" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="B390" s="0" t="s">
-        <x:v>342</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="C390" s="0" t="s">
-        <x:v>343</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="D390" s="0" t="s">
         <x:v>699</x:v>
       </x:c>
       <x:c r="F390" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I390" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J390" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:10">
       <x:c r="A391" s="0" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="C391" s="0" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="D391" s="0" t="s">
@@ -14601,77 +14601,77 @@
       </x:c>
       <x:c r="B392" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C392" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="D392" s="0" t="s">
         <x:v>703</x:v>
       </x:c>
       <x:c r="F392" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I392" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J392" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:10">
       <x:c r="A393" s="0" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
-        <x:v>342</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="C393" s="0" t="s">
-        <x:v>343</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="D393" s="0" t="s">
         <x:v>704</x:v>
       </x:c>
       <x:c r="F393" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I393" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J393" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:10">
       <x:c r="A394" s="0" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="B394" s="0" t="s">
-        <x:v>349</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="C394" s="0" t="s">
-        <x:v>350</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="D394" s="0" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="F394" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I394" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J394" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:10">
       <x:c r="A395" s="0" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C395" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="D395" s="0" t="s">
@@ -14877,100 +14877,100 @@
       </x:c>
       <x:c r="B404" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C404" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="D404" s="0" t="s">
         <x:v>720</x:v>
       </x:c>
       <x:c r="F404" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I404" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J404" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:10">
       <x:c r="A405" s="0" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
-        <x:v>349</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="C405" s="0" t="s">
-        <x:v>350</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="D405" s="0" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="F405" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="I405" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J405" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:10">
       <x:c r="A406" s="0" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="B406" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C406" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="D406" s="0" t="s">
         <x:v>722</x:v>
       </x:c>
       <x:c r="F406" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I406" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J406" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:10">
       <x:c r="A407" s="0" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
-        <x:v>342</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="C407" s="0" t="s">
-        <x:v>343</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="D407" s="0" t="s">
         <x:v>723</x:v>
       </x:c>
       <x:c r="F407" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I407" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J407" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:10">
       <x:c r="A408" s="0" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="B408" s="0" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="C408" s="0" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="D408" s="0" t="s">
@@ -15222,100 +15222,100 @@
       </x:c>
       <x:c r="B419" s="0" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="C419" s="0" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="D419" s="0" t="s">
         <x:v>737</x:v>
       </x:c>
       <x:c r="F419" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I419" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J419" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:10">
       <x:c r="A420" s="0" t="s">
         <x:v>735</x:v>
       </x:c>
       <x:c r="B420" s="0" t="s">
-        <x:v>349</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="C420" s="0" t="s">
-        <x:v>350</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="D420" s="0" t="s">
         <x:v>738</x:v>
       </x:c>
       <x:c r="F420" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="I420" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J420" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:10">
       <x:c r="A421" s="0" t="s">
         <x:v>735</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C421" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="D421" s="0" t="s">
         <x:v>739</x:v>
       </x:c>
       <x:c r="F421" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I421" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J421" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:10">
       <x:c r="A422" s="0" t="s">
         <x:v>735</x:v>
       </x:c>
       <x:c r="B422" s="0" t="s">
-        <x:v>342</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="C422" s="0" t="s">
-        <x:v>343</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="D422" s="0" t="s">
         <x:v>740</x:v>
       </x:c>
       <x:c r="F422" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I422" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J422" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:10">
       <x:c r="A423" s="0" t="s">
         <x:v>735</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="C423" s="0" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="D423" s="0" t="s">
@@ -15567,100 +15567,100 @@
       </x:c>
       <x:c r="B434" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C434" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="D434" s="0" t="s">
         <x:v>755</x:v>
       </x:c>
       <x:c r="F434" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I434" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J434" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:10">
       <x:c r="A435" s="0" t="s">
         <x:v>752</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
-        <x:v>349</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="C435" s="0" t="s">
-        <x:v>350</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="D435" s="0" t="s">
         <x:v>756</x:v>
       </x:c>
       <x:c r="F435" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="I435" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J435" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:10">
       <x:c r="A436" s="0" t="s">
         <x:v>752</x:v>
       </x:c>
       <x:c r="B436" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C436" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="D436" s="0" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="F436" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I436" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J436" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:10">
       <x:c r="A437" s="0" t="s">
         <x:v>752</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
-        <x:v>342</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="C437" s="0" t="s">
-        <x:v>343</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="D437" s="0" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="F437" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="I437" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J437" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:10">
       <x:c r="A438" s="0" t="s">
         <x:v>759</x:v>
       </x:c>
       <x:c r="B438" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C438" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="D438" s="0" t="s">
@@ -15800,80 +15800,80 @@
       </x:c>
       <x:c r="B444" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C444" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="D444" s="0" t="s">
         <x:v>767</x:v>
       </x:c>
       <x:c r="F444" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I444" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J444" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:10">
       <x:c r="A445" s="0" t="s">
         <x:v>765</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="C445" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="D445" s="0" t="s">
         <x:v>768</x:v>
       </x:c>
       <x:c r="F445" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H445" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="I445" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J445" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:10">
       <x:c r="A446" s="0" t="s">
         <x:v>765</x:v>
       </x:c>
       <x:c r="B446" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="C446" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="D446" s="0" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="F446" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I446" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J446" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:10">
       <x:c r="A447" s="0" t="s">
         <x:v>765</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C447" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="D447" s="0" t="s">
@@ -15895,54 +15895,54 @@
       </x:c>
       <x:c r="B448" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C448" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="D448" s="0" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="F448" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I448" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J448" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:10">
       <x:c r="A449" s="0" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="C449" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="D449" s="0" t="s">
         <x:v>773</x:v>
       </x:c>
       <x:c r="F449" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H449" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I449" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J449" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:10">
       <x:c r="A450" s="0" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="B450" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C450" s="0" t="s">
@@ -16042,54 +16042,54 @@
       </x:c>
       <x:c r="C454" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="D454" s="0" t="s">
         <x:v>779</x:v>
       </x:c>
       <x:c r="F454" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H454" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I454" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J454" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:10">
       <x:c r="A455" s="0" t="s">
         <x:v>778</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="C455" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="D455" s="0" t="s">
         <x:v>780</x:v>
       </x:c>
       <x:c r="F455" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I455" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J455" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:10">
       <x:c r="A456" s="0" t="s">
         <x:v>778</x:v>
       </x:c>
       <x:c r="B456" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C456" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="D456" s="0" t="s">
@@ -16477,83 +16477,83 @@
       </x:c>
       <x:c r="C472" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="D472" s="0" t="s">
         <x:v>809</x:v>
       </x:c>
       <x:c r="F472" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="G472" s="0" t="s">
         <x:v>710</x:v>
       </x:c>
       <x:c r="I472" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J472" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:10">
       <x:c r="A473" s="0" t="s">
         <x:v>804</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
-        <x:v>349</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="C473" s="0" t="s">
-        <x:v>350</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="D473" s="0" t="s">
         <x:v>810</x:v>
       </x:c>
       <x:c r="F473" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="G473" s="0" t="s">
         <x:v>811</x:v>
       </x:c>
       <x:c r="H473" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="I473" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J473" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:10">
       <x:c r="A474" s="0" t="s">
         <x:v>804</x:v>
       </x:c>
       <x:c r="B474" s="0" t="s">
-        <x:v>352</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="C474" s="0" t="s">
-        <x:v>353</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="D474" s="0" t="s">
         <x:v>812</x:v>
       </x:c>
       <x:c r="F474" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="G474" s="0" t="s">
         <x:v>813</x:v>
       </x:c>
       <x:c r="I474" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J474" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:10">
       <x:c r="A475" s="0" t="s">
         <x:v>804</x:v>
       </x:c>
       <x:c r="B475" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="C475" s="0" t="s">
@@ -16639,80 +16639,80 @@
       </x:c>
       <x:c r="C478" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D478" s="0" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="F478" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H478" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="I478" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J478" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:10">
       <x:c r="A479" s="0" t="s">
         <x:v>821</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
-        <x:v>349</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="C479" s="0" t="s">
-        <x:v>350</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="D479" s="0" t="s">
         <x:v>822</x:v>
       </x:c>
       <x:c r="F479" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H479" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="I479" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J479" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:10">
       <x:c r="A480" s="0" t="s">
         <x:v>821</x:v>
       </x:c>
       <x:c r="B480" s="0" t="s">
-        <x:v>352</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="C480" s="0" t="s">
-        <x:v>353</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="D480" s="0" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="F480" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H480" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I480" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J480" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:10">
       <x:c r="A481" s="0" t="s">
         <x:v>824</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C481" s="0" t="s">
@@ -16798,83 +16798,83 @@
       </x:c>
       <x:c r="D484" s="0" t="s">
         <x:v>829</x:v>
       </x:c>
       <x:c r="F484" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="G484" s="0" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="H484" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I484" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J484" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:10">
       <x:c r="A485" s="0" t="s">
         <x:v>828</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
-        <x:v>349</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="C485" s="0" t="s">
-        <x:v>350</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="D485" s="0" t="s">
         <x:v>830</x:v>
       </x:c>
       <x:c r="F485" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="G485" s="0" t="s">
         <x:v>811</x:v>
       </x:c>
       <x:c r="H485" s="0" t="s">
         <x:v>831</x:v>
       </x:c>
       <x:c r="I485" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J485" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:10">
       <x:c r="A486" s="0" t="s">
         <x:v>828</x:v>
       </x:c>
       <x:c r="B486" s="0" t="s">
-        <x:v>352</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="C486" s="0" t="s">
-        <x:v>353</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="D486" s="0" t="s">
         <x:v>832</x:v>
       </x:c>
       <x:c r="F486" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="G486" s="0" t="s">
         <x:v>813</x:v>
       </x:c>
       <x:c r="I486" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J486" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:10">
       <x:c r="A487" s="0" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C487" s="0" t="s">
@@ -16983,51 +16983,51 @@
       </x:c>
       <x:c r="D491" s="0" t="s">
         <x:v>839</x:v>
       </x:c>
       <x:c r="F491" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I491" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J491" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:10">
       <x:c r="A492" s="0" t="s">
         <x:v>840</x:v>
       </x:c>
       <x:c r="B492" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C492" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="D492" s="0" t="s">
-        <x:v>349</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="F492" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I492" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J492" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:10">
       <x:c r="A493" s="0" t="s">
         <x:v>840</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C493" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="D493" s="0" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="F493" s="0" t="s">
@@ -17098,51 +17098,51 @@
       </x:c>
       <x:c r="D496" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F496" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I496" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J496" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:10">
       <x:c r="A497" s="0" t="s">
         <x:v>840</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C497" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="D497" s="0" t="s">
-        <x:v>338</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="F497" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I497" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J497" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:10">
       <x:c r="A498" s="0" t="s">
         <x:v>840</x:v>
       </x:c>
       <x:c r="B498" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C498" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="D498" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="F498" s="0" t="s">
@@ -17581,54 +17581,54 @@
       </x:c>
       <x:c r="B517" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="C517" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="D517" s="0" t="s">
         <x:v>859</x:v>
       </x:c>
       <x:c r="F517" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I517" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J517" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:10">
       <x:c r="A518" s="0" t="s">
         <x:v>840</x:v>
       </x:c>
       <x:c r="B518" s="0" t="s">
-        <x:v>359</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="C518" s="0" t="s">
-        <x:v>360</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="D518" s="0" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="F518" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I518" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J518" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:10">
       <x:c r="A519" s="0" t="s">
         <x:v>840</x:v>
       </x:c>
       <x:c r="B519" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C519" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="D519" s="0" t="s">
@@ -17696,51 +17696,51 @@
       </x:c>
       <x:c r="B522" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C522" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="D522" s="0" t="s">
         <x:v>864</x:v>
       </x:c>
       <x:c r="F522" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="I522" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J522" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:10">
       <x:c r="A523" s="0" t="s">
         <x:v>840</x:v>
       </x:c>
       <x:c r="B523" s="0" t="s">
-        <x:v>367</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="C523" s="0" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="D523" s="0" t="s">
         <x:v>865</x:v>
       </x:c>
       <x:c r="F523" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I523" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J523" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:10">
       <x:c r="A524" s="0" t="s">
         <x:v>840</x:v>
       </x:c>
       <x:c r="B524" s="0" t="s">
         <x:v>866</x:v>
       </x:c>
       <x:c r="C524" s="0" t="s">
@@ -19381,51 +19381,51 @@
       </x:c>
       <x:c r="D595" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="F595" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I595" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J595" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="596" spans="1:10">
       <x:c r="A596" s="0" t="s">
         <x:v>944</x:v>
       </x:c>
       <x:c r="B596" s="0" t="s">
         <x:v>710</x:v>
       </x:c>
       <x:c r="C596" s="0" t="s">
         <x:v>711</x:v>
       </x:c>
       <x:c r="D596" s="0" t="s">
-        <x:v>342</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="F596" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I596" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J596" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="597" spans="1:10">
       <x:c r="A597" s="0" t="s">
         <x:v>944</x:v>
       </x:c>
       <x:c r="B597" s="0" t="s">
         <x:v>710</x:v>
       </x:c>
       <x:c r="C597" s="0" t="s">
         <x:v>711</x:v>
       </x:c>
       <x:c r="D597" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F597" s="0" t="s">
@@ -19562,123 +19562,123 @@
       </x:c>
       <x:c r="B603" s="0" t="s">
         <x:v>808</x:v>
       </x:c>
       <x:c r="C603" s="0" t="s">
         <x:v>949</x:v>
       </x:c>
       <x:c r="D603" s="0" t="s">
         <x:v>950</x:v>
       </x:c>
       <x:c r="F603" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I603" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J603" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="604" spans="1:10">
       <x:c r="A604" s="0" t="s">
         <x:v>944</x:v>
       </x:c>
       <x:c r="B604" s="0" t="s">
-        <x:v>342</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="C604" s="0" t="s">
-        <x:v>343</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="D604" s="0" t="s">
         <x:v>951</x:v>
       </x:c>
       <x:c r="F604" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I604" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J604" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="605" spans="1:10">
       <x:c r="A605" s="0" t="s">
         <x:v>944</x:v>
       </x:c>
       <x:c r="B605" s="0" t="s">
-        <x:v>342</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="C605" s="0" t="s">
-        <x:v>343</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="D605" s="0" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="F605" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I605" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J605" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="606" spans="1:10">
       <x:c r="A606" s="0" t="s">
         <x:v>944</x:v>
       </x:c>
       <x:c r="B606" s="0" t="s">
-        <x:v>342</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="C606" s="0" t="s">
-        <x:v>343</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="D606" s="0" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="F606" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I606" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J606" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="607" spans="1:10">
       <x:c r="A607" s="0" t="s">
         <x:v>944</x:v>
       </x:c>
       <x:c r="B607" s="0" t="s">
-        <x:v>342</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="C607" s="0" t="s">
-        <x:v>343</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="D607" s="0" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="F607" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I607" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J607" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="608" spans="1:10">
       <x:c r="A608" s="0" t="s">
         <x:v>944</x:v>
       </x:c>
       <x:c r="B608" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C608" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D608" s="0" t="s">
@@ -20068,100 +20068,100 @@
       </x:c>
       <x:c r="B625" s="0" t="s">
         <x:v>950</x:v>
       </x:c>
       <x:c r="C625" s="0" t="s">
         <x:v>966</x:v>
       </x:c>
       <x:c r="D625" s="0" t="s">
         <x:v>970</x:v>
       </x:c>
       <x:c r="F625" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I625" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J625" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="626" spans="1:10">
       <x:c r="A626" s="0" t="s">
         <x:v>944</x:v>
       </x:c>
       <x:c r="B626" s="0" t="s">
-        <x:v>346</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="C626" s="0" t="s">
-        <x:v>347</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="D626" s="0" t="s">
         <x:v>971</x:v>
       </x:c>
       <x:c r="F626" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I626" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J626" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="627" spans="1:10">
       <x:c r="A627" s="0" t="s">
         <x:v>944</x:v>
       </x:c>
       <x:c r="B627" s="0" t="s">
-        <x:v>346</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="C627" s="0" t="s">
-        <x:v>347</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="D627" s="0" t="s">
         <x:v>972</x:v>
       </x:c>
       <x:c r="F627" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="I627" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J627" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="628" spans="1:10">
       <x:c r="A628" s="0" t="s">
         <x:v>944</x:v>
       </x:c>
       <x:c r="B628" s="0" t="s">
-        <x:v>346</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="C628" s="0" t="s">
-        <x:v>347</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="D628" s="0" t="s">
         <x:v>973</x:v>
       </x:c>
       <x:c r="F628" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I628" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J628" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="629" spans="1:10">
       <x:c r="A629" s="0" t="s">
         <x:v>944</x:v>
       </x:c>
       <x:c r="B629" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C629" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="D629" s="0" t="s">
@@ -20298,172 +20298,172 @@
       </x:c>
       <x:c r="B635" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C635" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="D635" s="0" t="s">
         <x:v>980</x:v>
       </x:c>
       <x:c r="F635" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I635" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J635" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="636" spans="1:10">
       <x:c r="A636" s="0" t="s">
         <x:v>944</x:v>
       </x:c>
       <x:c r="B636" s="0" t="s">
-        <x:v>349</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="C636" s="0" t="s">
-        <x:v>350</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="D636" s="0" t="s">
         <x:v>981</x:v>
       </x:c>
       <x:c r="F636" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I636" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J636" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="637" spans="1:10">
       <x:c r="A637" s="0" t="s">
         <x:v>944</x:v>
       </x:c>
       <x:c r="B637" s="0" t="s">
-        <x:v>349</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="C637" s="0" t="s">
-        <x:v>350</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="D637" s="0" t="s">
         <x:v>982</x:v>
       </x:c>
       <x:c r="F637" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I637" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J637" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="638" spans="1:10">
       <x:c r="A638" s="0" t="s">
         <x:v>944</x:v>
       </x:c>
       <x:c r="B638" s="0" t="s">
-        <x:v>349</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="C638" s="0" t="s">
-        <x:v>350</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="D638" s="0" t="s">
         <x:v>983</x:v>
       </x:c>
       <x:c r="F638" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I638" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J638" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="639" spans="1:10">
       <x:c r="A639" s="0" t="s">
         <x:v>944</x:v>
       </x:c>
       <x:c r="B639" s="0" t="s">
-        <x:v>352</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="C639" s="0" t="s">
-        <x:v>353</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="D639" s="0" t="s">
         <x:v>984</x:v>
       </x:c>
       <x:c r="F639" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I639" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J639" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="640" spans="1:10">
       <x:c r="A640" s="0" t="s">
         <x:v>944</x:v>
       </x:c>
       <x:c r="B640" s="0" t="s">
-        <x:v>352</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="C640" s="0" t="s">
-        <x:v>353</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="D640" s="0" t="s">
         <x:v>985</x:v>
       </x:c>
       <x:c r="F640" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H640" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I640" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J640" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="641" spans="1:10">
       <x:c r="A641" s="0" t="s">
         <x:v>944</x:v>
       </x:c>
       <x:c r="B641" s="0" t="s">
-        <x:v>352</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="C641" s="0" t="s">
-        <x:v>353</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="D641" s="0" t="s">
         <x:v>986</x:v>
       </x:c>
       <x:c r="F641" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="I641" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J641" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="642" spans="1:10">
       <x:c r="A642" s="0" t="s">
         <x:v>944</x:v>
       </x:c>
       <x:c r="B642" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C642" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="D642" s="0" t="s">
@@ -21089,123 +21089,123 @@
       </x:c>
       <x:c r="B669" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C669" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="D669" s="0" t="s">
         <x:v>1018</x:v>
       </x:c>
       <x:c r="F669" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I669" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J669" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="670" spans="1:10">
       <x:c r="A670" s="0" t="s">
         <x:v>1011</x:v>
       </x:c>
       <x:c r="B670" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="C670" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="D670" s="0" t="s">
         <x:v>1019</x:v>
       </x:c>
       <x:c r="F670" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I670" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J670" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="671" spans="1:10">
       <x:c r="A671" s="0" t="s">
         <x:v>1011</x:v>
       </x:c>
       <x:c r="B671" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="C671" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="D671" s="0" t="s">
         <x:v>1020</x:v>
       </x:c>
       <x:c r="F671" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I671" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J671" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="672" spans="1:10">
       <x:c r="A672" s="0" t="s">
         <x:v>1011</x:v>
       </x:c>
       <x:c r="B672" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="C672" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="D672" s="0" t="s">
         <x:v>1021</x:v>
       </x:c>
       <x:c r="F672" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I672" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J672" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="673" spans="1:10">
       <x:c r="A673" s="0" t="s">
         <x:v>1011</x:v>
       </x:c>
       <x:c r="B673" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="C673" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="D673" s="0" t="s">
         <x:v>1022</x:v>
       </x:c>
       <x:c r="F673" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I673" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J673" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="674" spans="1:10">
       <x:c r="A674" s="0" t="s">
         <x:v>1011</x:v>
       </x:c>
       <x:c r="B674" s="0" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="C674" s="0" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="D674" s="0" t="s">
@@ -21670,51 +21670,51 @@
       </x:c>
       <x:c r="D694" s="0" t="s">
         <x:v>1045</x:v>
       </x:c>
       <x:c r="F694" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I694" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J694" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="695" spans="1:10">
       <x:c r="A695" s="0" t="s">
         <x:v>1046</x:v>
       </x:c>
       <x:c r="B695" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C695" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="D695" s="0" t="s">
-        <x:v>352</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="F695" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="I695" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J695" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="696" spans="1:10">
       <x:c r="A696" s="0" t="s">
         <x:v>1046</x:v>
       </x:c>
       <x:c r="B696" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C696" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="D696" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="F696" s="0" t="s">
@@ -21897,54 +21897,54 @@
       </x:c>
       <x:c r="B704" s="0" t="s">
         <x:v>850</x:v>
       </x:c>
       <x:c r="C704" s="0" t="s">
         <x:v>851</x:v>
       </x:c>
       <x:c r="D704" s="0" t="s">
         <x:v>1054</x:v>
       </x:c>
       <x:c r="F704" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="I704" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J704" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="705" spans="1:10">
       <x:c r="A705" s="0" t="s">
         <x:v>1046</x:v>
       </x:c>
       <x:c r="B705" s="0" t="s">
-        <x:v>359</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="C705" s="0" t="s">
-        <x:v>360</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="D705" s="0" t="s">
         <x:v>1055</x:v>
       </x:c>
       <x:c r="F705" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I705" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J705" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="706" spans="1:10">
       <x:c r="A706" s="0" t="s">
         <x:v>1046</x:v>
       </x:c>
       <x:c r="B706" s="0" t="s">
         <x:v>866</x:v>
       </x:c>
       <x:c r="C706" s="0" t="s">
         <x:v>867</x:v>
       </x:c>
       <x:c r="D706" s="0" t="s">
@@ -22774,123 +22774,123 @@
       </x:c>
       <x:c r="B742" s="0" t="s">
         <x:v>808</x:v>
       </x:c>
       <x:c r="C742" s="0" t="s">
         <x:v>949</x:v>
       </x:c>
       <x:c r="D742" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="F742" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="I742" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J742" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="743" spans="1:10">
       <x:c r="A743" s="0" t="s">
         <x:v>1087</x:v>
       </x:c>
       <x:c r="B743" s="0" t="s">
-        <x:v>342</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="C743" s="0" t="s">
-        <x:v>343</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="D743" s="0" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="F743" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I743" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J743" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="744" spans="1:10">
       <x:c r="A744" s="0" t="s">
         <x:v>1087</x:v>
       </x:c>
       <x:c r="B744" s="0" t="s">
-        <x:v>342</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="C744" s="0" t="s">
-        <x:v>343</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="D744" s="0" t="s">
         <x:v>1089</x:v>
       </x:c>
       <x:c r="F744" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I744" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J744" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="745" spans="1:10">
       <x:c r="A745" s="0" t="s">
         <x:v>1087</x:v>
       </x:c>
       <x:c r="B745" s="0" t="s">
-        <x:v>342</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="C745" s="0" t="s">
-        <x:v>343</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="D745" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F745" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I745" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J745" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="746" spans="1:10">
       <x:c r="A746" s="0" t="s">
         <x:v>1087</x:v>
       </x:c>
       <x:c r="B746" s="0" t="s">
-        <x:v>342</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="C746" s="0" t="s">
-        <x:v>343</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="D746" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="F746" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I746" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J746" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="747" spans="1:10">
       <x:c r="A747" s="0" t="s">
         <x:v>1087</x:v>
       </x:c>
       <x:c r="B747" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="C747" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="D747" s="0" t="s">
@@ -23142,103 +23142,103 @@
       </x:c>
       <x:c r="B758" s="0" t="s">
         <x:v>950</x:v>
       </x:c>
       <x:c r="C758" s="0" t="s">
         <x:v>966</x:v>
       </x:c>
       <x:c r="D758" s="0" t="s">
         <x:v>1101</x:v>
       </x:c>
       <x:c r="F758" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I758" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J758" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="759" spans="1:10">
       <x:c r="A759" s="0" t="s">
         <x:v>1087</x:v>
       </x:c>
       <x:c r="B759" s="0" t="s">
-        <x:v>346</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="C759" s="0" t="s">
-        <x:v>347</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="D759" s="0" t="s">
         <x:v>1102</x:v>
       </x:c>
       <x:c r="F759" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I759" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J759" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="760" spans="1:10">
       <x:c r="A760" s="0" t="s">
         <x:v>1087</x:v>
       </x:c>
       <x:c r="B760" s="0" t="s">
-        <x:v>346</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="C760" s="0" t="s">
-        <x:v>347</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="D760" s="0" t="s">
         <x:v>1103</x:v>
       </x:c>
       <x:c r="F760" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H760" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="I760" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J760" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="761" spans="1:10">
       <x:c r="A761" s="0" t="s">
         <x:v>1087</x:v>
       </x:c>
       <x:c r="B761" s="0" t="s">
-        <x:v>346</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="C761" s="0" t="s">
-        <x:v>347</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="D761" s="0" t="s">
         <x:v>1104</x:v>
       </x:c>
       <x:c r="F761" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I761" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J761" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="762" spans="1:10">
       <x:c r="A762" s="0" t="s">
         <x:v>1087</x:v>
       </x:c>
       <x:c r="B762" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C762" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="D762" s="0" t="s">
@@ -23329,123 +23329,123 @@
       </x:c>
       <x:c r="B766" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C766" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="D766" s="0" t="s">
         <x:v>1109</x:v>
       </x:c>
       <x:c r="F766" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I766" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J766" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="767" spans="1:10">
       <x:c r="A767" s="0" t="s">
         <x:v>1087</x:v>
       </x:c>
       <x:c r="B767" s="0" t="s">
-        <x:v>349</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="C767" s="0" t="s">
-        <x:v>350</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="D767" s="0" t="s">
         <x:v>1110</x:v>
       </x:c>
       <x:c r="F767" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I767" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J767" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="768" spans="1:10">
       <x:c r="A768" s="0" t="s">
         <x:v>1087</x:v>
       </x:c>
       <x:c r="B768" s="0" t="s">
-        <x:v>349</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="C768" s="0" t="s">
-        <x:v>350</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="D768" s="0" t="s">
         <x:v>1111</x:v>
       </x:c>
       <x:c r="F768" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I768" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J768" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="769" spans="1:10">
       <x:c r="A769" s="0" t="s">
         <x:v>1087</x:v>
       </x:c>
       <x:c r="B769" s="0" t="s">
-        <x:v>352</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="C769" s="0" t="s">
-        <x:v>353</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="D769" s="0" t="s">
         <x:v>1112</x:v>
       </x:c>
       <x:c r="F769" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="I769" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J769" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="770" spans="1:10">
       <x:c r="A770" s="0" t="s">
         <x:v>1087</x:v>
       </x:c>
       <x:c r="B770" s="0" t="s">
-        <x:v>352</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="C770" s="0" t="s">
-        <x:v>353</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="D770" s="0" t="s">
         <x:v>1113</x:v>
       </x:c>
       <x:c r="F770" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I770" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J770" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="771" spans="1:10">
       <x:c r="A771" s="0" t="s">
         <x:v>1087</x:v>
       </x:c>
       <x:c r="B771" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C771" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="D771" s="0" t="s">
@@ -23861,123 +23861,123 @@
       </x:c>
       <x:c r="B789" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C789" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="D789" s="0" t="s">
         <x:v>1133</x:v>
       </x:c>
       <x:c r="F789" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I789" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J789" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="790" spans="1:10">
       <x:c r="A790" s="0" t="s">
         <x:v>1127</x:v>
       </x:c>
       <x:c r="B790" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="C790" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="D790" s="0" t="s">
         <x:v>1134</x:v>
       </x:c>
       <x:c r="F790" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I790" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J790" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="791" spans="1:10">
       <x:c r="A791" s="0" t="s">
         <x:v>1127</x:v>
       </x:c>
       <x:c r="B791" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="C791" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="D791" s="0" t="s">
         <x:v>1135</x:v>
       </x:c>
       <x:c r="F791" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I791" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J791" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="792" spans="1:10">
       <x:c r="A792" s="0" t="s">
         <x:v>1127</x:v>
       </x:c>
       <x:c r="B792" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="C792" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="D792" s="0" t="s">
         <x:v>1136</x:v>
       </x:c>
       <x:c r="F792" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I792" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J792" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="793" spans="1:10">
       <x:c r="A793" s="0" t="s">
         <x:v>1127</x:v>
       </x:c>
       <x:c r="B793" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="C793" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="D793" s="0" t="s">
         <x:v>1137</x:v>
       </x:c>
       <x:c r="F793" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I793" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J793" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="794" spans="1:10">
       <x:c r="A794" s="0" t="s">
         <x:v>1127</x:v>
       </x:c>
       <x:c r="B794" s="0" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="C794" s="0" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="D794" s="0" t="s">
@@ -25262,77 +25262,77 @@
       </x:c>
       <x:c r="C849" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="D849" s="0" t="s">
         <x:v>1206</x:v>
       </x:c>
       <x:c r="F849" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H849" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="I849" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J849" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="850" spans="1:10">
       <x:c r="A850" s="0" t="s">
         <x:v>1202</x:v>
       </x:c>
       <x:c r="B850" s="0" t="s">
-        <x:v>342</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="C850" s="0" t="s">
-        <x:v>343</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="D850" s="0" t="s">
         <x:v>1207</x:v>
       </x:c>
       <x:c r="F850" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I850" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J850" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="851" spans="1:10">
       <x:c r="A851" s="0" t="s">
         <x:v>1202</x:v>
       </x:c>
       <x:c r="B851" s="0" t="s">
-        <x:v>342</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="C851" s="0" t="s">
-        <x:v>343</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="D851" s="0" t="s">
         <x:v>1208</x:v>
       </x:c>
       <x:c r="F851" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I851" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J851" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="852" spans="1:10">
       <x:c r="A852" s="0" t="s">
         <x:v>1209</x:v>
       </x:c>
       <x:c r="B852" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="C852" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="D852" s="0" t="s">
@@ -25426,123 +25426,123 @@
       </x:c>
       <x:c r="B856" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C856" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="D856" s="0" t="s">
         <x:v>1214</x:v>
       </x:c>
       <x:c r="F856" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I856" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J856" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="857" spans="1:10">
       <x:c r="A857" s="0" t="s">
         <x:v>1210</x:v>
       </x:c>
       <x:c r="B857" s="0" t="s">
-        <x:v>342</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="C857" s="0" t="s">
-        <x:v>343</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="D857" s="0" t="s">
         <x:v>1215</x:v>
       </x:c>
       <x:c r="F857" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I857" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J857" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="858" spans="1:10">
       <x:c r="A858" s="0" t="s">
         <x:v>1216</x:v>
       </x:c>
       <x:c r="B858" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="C858" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="D858" s="0" t="s">
-        <x:v>373</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="F858" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="I858" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J858" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="859" spans="1:10">
       <x:c r="A859" s="0" t="s">
         <x:v>1216</x:v>
       </x:c>
       <x:c r="B859" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="C859" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="D859" s="0" t="s">
         <x:v>914</x:v>
       </x:c>
       <x:c r="F859" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="I859" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J859" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="860" spans="1:10">
       <x:c r="A860" s="0" t="s">
         <x:v>1216</x:v>
       </x:c>
       <x:c r="B860" s="0" t="s">
-        <x:v>342</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="C860" s="0" t="s">
-        <x:v>343</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="D860" s="0" t="s">
         <x:v>1217</x:v>
       </x:c>
       <x:c r="F860" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I860" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J860" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="861" spans="1:10">
       <x:c r="A861" s="0" t="s">
         <x:v>1218</x:v>
       </x:c>
       <x:c r="B861" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="C861" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="D861" s="0" t="s">
@@ -25616,54 +25616,54 @@
       </x:c>
       <x:c r="C864" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="D864" s="0" t="s">
         <x:v>1223</x:v>
       </x:c>
       <x:c r="F864" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H864" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="I864" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J864" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="865" spans="1:10">
       <x:c r="A865" s="0" t="s">
         <x:v>1222</x:v>
       </x:c>
       <x:c r="B865" s="0" t="s">
-        <x:v>342</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="C865" s="0" t="s">
-        <x:v>343</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="D865" s="0" t="s">
         <x:v>1224</x:v>
       </x:c>
       <x:c r="F865" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H865" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I865" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J865" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="866" spans="1:10">
       <x:c r="A866" s="0" t="s">
         <x:v>1225</x:v>
       </x:c>
       <x:c r="B866" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="C866" s="0" t="s">
@@ -25743,54 +25743,54 @@
       </x:c>
       <x:c r="C869" s="0" t="s">
         <x:v>851</x:v>
       </x:c>
       <x:c r="D869" s="0" t="s">
         <x:v>1231</x:v>
       </x:c>
       <x:c r="F869" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H869" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I869" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J869" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="870" spans="1:10">
       <x:c r="A870" s="0" t="s">
         <x:v>1230</x:v>
       </x:c>
       <x:c r="B870" s="0" t="s">
-        <x:v>349</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="C870" s="0" t="s">
-        <x:v>350</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="D870" s="0" t="s">
         <x:v>1232</x:v>
       </x:c>
       <x:c r="F870" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I870" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J870" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="871" spans="1:10">
       <x:c r="A871" s="0" t="s">
         <x:v>1230</x:v>
       </x:c>
       <x:c r="B871" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="C871" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="D871" s="0" t="s">
@@ -26146,100 +26146,100 @@
       </x:c>
       <x:c r="C886" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="D886" s="0" t="s">
         <x:v>1254</x:v>
       </x:c>
       <x:c r="F886" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H886" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="I886" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J886" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="887" spans="1:10">
       <x:c r="A887" s="0" t="s">
         <x:v>1252</x:v>
       </x:c>
       <x:c r="B887" s="0" t="s">
-        <x:v>359</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="C887" s="0" t="s">
-        <x:v>360</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="D887" s="0" t="s">
         <x:v>1255</x:v>
       </x:c>
       <x:c r="F887" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I887" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J887" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="888" spans="1:10">
       <x:c r="A888" s="0" t="s">
         <x:v>1252</x:v>
       </x:c>
       <x:c r="B888" s="0" t="s">
-        <x:v>359</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="C888" s="0" t="s">
-        <x:v>360</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="D888" s="0" t="s">
         <x:v>1256</x:v>
       </x:c>
       <x:c r="F888" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I888" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J888" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="889" spans="1:10">
       <x:c r="A889" s="0" t="s">
         <x:v>1252</x:v>
       </x:c>
       <x:c r="B889" s="0" t="s">
-        <x:v>359</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="C889" s="0" t="s">
-        <x:v>360</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="D889" s="0" t="s">
         <x:v>1257</x:v>
       </x:c>
       <x:c r="F889" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="I889" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J889" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="890" spans="1:10">
       <x:c r="A890" s="0" t="s">
         <x:v>1252</x:v>
       </x:c>
       <x:c r="B890" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C890" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D890" s="0" t="s">
@@ -26474,54 +26474,54 @@
       </x:c>
       <x:c r="C900" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="D900" s="0" t="s">
         <x:v>1269</x:v>
       </x:c>
       <x:c r="F900" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H900" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I900" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J900" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="901" spans="1:10">
       <x:c r="A901" s="0" t="s">
         <x:v>1267</x:v>
       </x:c>
       <x:c r="B901" s="0" t="s">
-        <x:v>338</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="C901" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="D901" s="0" t="s">
         <x:v>1270</x:v>
       </x:c>
       <x:c r="F901" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H901" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="I901" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J901" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="902" spans="1:10">
       <x:c r="A902" s="0" t="s">
         <x:v>1271</x:v>
       </x:c>
       <x:c r="B902" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C902" s="0" t="s">
@@ -26897,54 +26897,54 @@
       </x:c>
       <x:c r="B918" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="C918" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="D918" s="0" t="s">
         <x:v>1284</x:v>
       </x:c>
       <x:c r="F918" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I918" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J918" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="919" spans="1:10">
       <x:c r="A919" s="0" t="s">
         <x:v>1285</x:v>
       </x:c>
       <x:c r="B919" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="C919" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="D919" s="0" t="s">
         <x:v>1286</x:v>
       </x:c>
       <x:c r="F919" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="I919" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J919" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="920" spans="1:10">
       <x:c r="A920" s="0" t="s">
         <x:v>1287</x:v>
       </x:c>
       <x:c r="B920" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C920" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="D920" s="0" t="s">
@@ -27599,51 +27599,51 @@
       </x:c>
       <x:c r="B945" s="0" t="s">
         <x:v>808</x:v>
       </x:c>
       <x:c r="C945" s="0" t="s">
         <x:v>949</x:v>
       </x:c>
       <x:c r="D945" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F945" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="I945" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J945" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="946" spans="1:10">
       <x:c r="A946" s="0" t="s">
         <x:v>1317</x:v>
       </x:c>
       <x:c r="B946" s="0" t="s">
-        <x:v>367</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="C946" s="0" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="D946" s="0" t="s">
         <x:v>1318</x:v>
       </x:c>
       <x:c r="F946" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H946" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I946" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J946" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="947" spans="1:10">
       <x:c r="A947" s="0" t="s">
         <x:v>1317</x:v>
       </x:c>
       <x:c r="B947" s="0" t="s">
@@ -27766,51 +27766,51 @@
       </x:c>
       <x:c r="B952" s="0" t="s">
         <x:v>808</x:v>
       </x:c>
       <x:c r="C952" s="0" t="s">
         <x:v>949</x:v>
       </x:c>
       <x:c r="D952" s="0" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="F952" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="I952" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J952" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="953" spans="1:10">
       <x:c r="A953" s="0" t="s">
         <x:v>1324</x:v>
       </x:c>
       <x:c r="B953" s="0" t="s">
-        <x:v>367</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="C953" s="0" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="D953" s="0" t="s">
         <x:v>1325</x:v>
       </x:c>
       <x:c r="F953" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="I953" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J953" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="954" spans="1:10">
       <x:c r="A954" s="0" t="s">
         <x:v>1324</x:v>
       </x:c>
       <x:c r="B954" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C954" s="0" t="s">
@@ -28042,51 +28042,51 @@
       </x:c>
       <x:c r="B964" s="0" t="s">
         <x:v>793</x:v>
       </x:c>
       <x:c r="C964" s="0" t="s">
         <x:v>794</x:v>
       </x:c>
       <x:c r="D964" s="0" t="s">
         <x:v>1338</x:v>
       </x:c>
       <x:c r="F964" s="0" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="I964" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J964" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="965" spans="1:10">
       <x:c r="A965" s="0" t="s">
         <x:v>1339</x:v>
       </x:c>
       <x:c r="B965" s="0" t="s">
-        <x:v>367</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="C965" s="0" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="D965" s="0" t="s">
         <x:v>1340</x:v>
       </x:c>
       <x:c r="F965" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H965" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="I965" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J965" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="966" spans="1:10">
       <x:c r="A966" s="0" t="s">
         <x:v>1339</x:v>
       </x:c>
       <x:c r="B966" s="0" t="s">
@@ -28166,51 +28166,51 @@
       </x:c>
       <x:c r="B969" s="0" t="s">
         <x:v>808</x:v>
       </x:c>
       <x:c r="C969" s="0" t="s">
         <x:v>949</x:v>
       </x:c>
       <x:c r="D969" s="0" t="s">
         <x:v>1345</x:v>
       </x:c>
       <x:c r="F969" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="I969" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J969" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="970" spans="1:10">
       <x:c r="A970" s="0" t="s">
         <x:v>1344</x:v>
       </x:c>
       <x:c r="B970" s="0" t="s">
-        <x:v>367</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="C970" s="0" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="D970" s="0" t="s">
         <x:v>1346</x:v>
       </x:c>
       <x:c r="F970" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I970" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J970" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="971" spans="1:10">
       <x:c r="A971" s="0" t="s">
         <x:v>1344</x:v>
       </x:c>
       <x:c r="B971" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C971" s="0" t="s">
@@ -28310,51 +28310,51 @@
       </x:c>
       <x:c r="B975" s="0" t="s">
         <x:v>1329</x:v>
       </x:c>
       <x:c r="C975" s="0" t="s">
         <x:v>1330</x:v>
       </x:c>
       <x:c r="D975" s="0" t="s">
         <x:v>1351</x:v>
       </x:c>
       <x:c r="F975" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I975" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J975" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="976" spans="1:10">
       <x:c r="A976" s="0" t="s">
         <x:v>1352</x:v>
       </x:c>
       <x:c r="B976" s="0" t="s">
-        <x:v>367</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="C976" s="0" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="D976" s="0" t="s">
         <x:v>1353</x:v>
       </x:c>
       <x:c r="F976" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H976" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="I976" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J976" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="977" spans="1:10">
       <x:c r="A977" s="0" t="s">
         <x:v>1352</x:v>
       </x:c>
       <x:c r="B977" s="0" t="s">
@@ -28705,135 +28705,135 @@
       </x:c>
       <x:c r="C991" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="D991" s="0" t="s">
         <x:v>1370</x:v>
       </x:c>
       <x:c r="F991" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="G991" s="0" t="s">
         <x:v>813</x:v>
       </x:c>
       <x:c r="I991" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J991" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="992" spans="1:10">
       <x:c r="A992" s="0" t="s">
         <x:v>1368</x:v>
       </x:c>
       <x:c r="B992" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="C992" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="D992" s="0" t="s">
         <x:v>1371</x:v>
       </x:c>
       <x:c r="F992" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="G992" s="0" t="s">
         <x:v>811</x:v>
       </x:c>
       <x:c r="I992" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J992" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="993" spans="1:10">
       <x:c r="A993" s="0" t="s">
         <x:v>1368</x:v>
       </x:c>
       <x:c r="B993" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="C993" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="D993" s="0" t="s">
         <x:v>1372</x:v>
       </x:c>
       <x:c r="F993" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="G993" s="0" t="s">
         <x:v>710</x:v>
       </x:c>
       <x:c r="I993" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J993" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="994" spans="1:10">
       <x:c r="A994" s="0" t="s">
         <x:v>1368</x:v>
       </x:c>
       <x:c r="B994" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="C994" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="D994" s="0" t="s">
         <x:v>1373</x:v>
       </x:c>
       <x:c r="F994" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="G994" s="0" t="s">
         <x:v>811</x:v>
       </x:c>
       <x:c r="H994" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="I994" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J994" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="995" spans="1:10">
       <x:c r="A995" s="0" t="s">
         <x:v>1368</x:v>
       </x:c>
       <x:c r="B995" s="0" t="s">
-        <x:v>349</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="C995" s="0" t="s">
-        <x:v>350</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="D995" s="0" t="s">
         <x:v>1374</x:v>
       </x:c>
       <x:c r="F995" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H995" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I995" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J995" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="996" spans="1:10">
       <x:c r="A996" s="0" t="s">
         <x:v>1368</x:v>
       </x:c>
       <x:c r="B996" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C996" s="0" t="s">
@@ -28968,80 +28968,80 @@
       </x:c>
       <x:c r="C1001" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="D1001" s="0" t="s">
         <x:v>1383</x:v>
       </x:c>
       <x:c r="F1001" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="G1001" s="0" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="I1001" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J1001" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="1002" spans="1:10">
       <x:c r="A1002" s="0" t="s">
         <x:v>1381</x:v>
       </x:c>
       <x:c r="B1002" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="C1002" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="D1002" s="0" t="s">
         <x:v>1384</x:v>
       </x:c>
       <x:c r="F1002" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="G1002" s="0" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="I1002" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J1002" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="1003" spans="1:10">
       <x:c r="A1003" s="0" t="s">
         <x:v>1381</x:v>
       </x:c>
       <x:c r="B1003" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="C1003" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="D1003" s="0" t="s">
         <x:v>1385</x:v>
       </x:c>
       <x:c r="F1003" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="G1003" s="0" t="s">
         <x:v>811</x:v>
       </x:c>
       <x:c r="H1003" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I1003" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J1003" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="1004" spans="1:10">
       <x:c r="A1004" s="0" t="s">
         <x:v>1381</x:v>
       </x:c>
       <x:c r="B1004" s="0" t="s">
@@ -29078,80 +29078,80 @@
       </x:c>
       <x:c r="D1005" s="0" t="s">
         <x:v>1387</x:v>
       </x:c>
       <x:c r="F1005" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="G1005" s="0" t="s">
         <x:v>813</x:v>
       </x:c>
       <x:c r="H1005" s="0" t="s">
         <x:v>1388</x:v>
       </x:c>
       <x:c r="I1005" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J1005" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="1006" spans="1:10">
       <x:c r="A1006" s="0" t="s">
         <x:v>1381</x:v>
       </x:c>
       <x:c r="B1006" s="0" t="s">
-        <x:v>349</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="C1006" s="0" t="s">
-        <x:v>350</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="D1006" s="0" t="s">
         <x:v>1389</x:v>
       </x:c>
       <x:c r="F1006" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="G1006" s="0" t="s">
         <x:v>811</x:v>
       </x:c>
       <x:c r="I1006" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J1006" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="1007" spans="1:10">
       <x:c r="A1007" s="0" t="s">
         <x:v>1381</x:v>
       </x:c>
       <x:c r="B1007" s="0" t="s">
-        <x:v>352</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="C1007" s="0" t="s">
-        <x:v>353</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="D1007" s="0" t="s">
         <x:v>1390</x:v>
       </x:c>
       <x:c r="F1007" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="G1007" s="0" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="I1007" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J1007" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="1008" spans="1:10">
       <x:c r="A1008" s="0" t="s">
         <x:v>1381</x:v>
       </x:c>
       <x:c r="B1008" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C1008" s="0" t="s">
@@ -29627,54 +29627,54 @@
       </x:c>
       <x:c r="C1026" s="0" t="s">
         <x:v>1330</x:v>
       </x:c>
       <x:c r="D1026" s="0" t="s">
         <x:v>1410</x:v>
       </x:c>
       <x:c r="F1026" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="G1026" s="0" t="s">
         <x:v>710</x:v>
       </x:c>
       <x:c r="I1026" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J1026" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="1027" spans="1:10">
       <x:c r="A1027" s="0" t="s">
         <x:v>1381</x:v>
       </x:c>
       <x:c r="B1027" s="0" t="s">
-        <x:v>352</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="C1027" s="0" t="s">
-        <x:v>353</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="D1027" s="0" t="s">
         <x:v>1411</x:v>
       </x:c>
       <x:c r="F1027" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="G1027" s="0" t="s">
         <x:v>813</x:v>
       </x:c>
       <x:c r="I1027" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J1027" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="1028" spans="1:10">
       <x:c r="A1028" s="0" t="s">
         <x:v>1412</x:v>
       </x:c>
       <x:c r="B1028" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C1028" s="0" t="s">
@@ -29757,54 +29757,54 @@
       </x:c>
       <x:c r="C1031" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="D1031" s="0" t="s">
         <x:v>1416</x:v>
       </x:c>
       <x:c r="F1031" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="G1031" s="0" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="I1031" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J1031" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="1032" spans="1:10">
       <x:c r="A1032" s="0" t="s">
         <x:v>1417</x:v>
       </x:c>
       <x:c r="B1032" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="C1032" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="D1032" s="0" t="s">
         <x:v>1418</x:v>
       </x:c>
       <x:c r="F1032" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H1032" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="I1032" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J1032" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="1033" spans="1:10">
       <x:c r="A1033" s="0" t="s">
         <x:v>1417</x:v>
       </x:c>
       <x:c r="B1033" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C1033" s="0" t="s">
@@ -30011,54 +30011,54 @@
       </x:c>
       <x:c r="B1041" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="C1041" s="0" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="D1041" s="0" t="s">
         <x:v>1428</x:v>
       </x:c>
       <x:c r="F1041" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I1041" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J1041" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="1042" spans="1:10">
       <x:c r="A1042" s="0" t="s">
         <x:v>1425</x:v>
       </x:c>
       <x:c r="B1042" s="0" t="s">
-        <x:v>352</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="C1042" s="0" t="s">
-        <x:v>353</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="D1042" s="0" t="s">
         <x:v>1429</x:v>
       </x:c>
       <x:c r="F1042" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="G1042" s="0" t="s">
         <x:v>815</x:v>
       </x:c>
       <x:c r="I1042" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J1042" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="1043" spans="1:10">
       <x:c r="A1043" s="0" t="s">
         <x:v>1425</x:v>
       </x:c>
       <x:c r="B1043" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C1043" s="0" t="s">
@@ -30178,54 +30178,54 @@
       </x:c>
       <x:c r="C1048" s="0" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="D1048" s="0" t="s">
         <x:v>1435</x:v>
       </x:c>
       <x:c r="F1048" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H1048" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I1048" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J1048" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="1049" spans="1:10">
       <x:c r="A1049" s="0" t="s">
         <x:v>1425</x:v>
       </x:c>
       <x:c r="B1049" s="0" t="s">
-        <x:v>349</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="C1049" s="0" t="s">
-        <x:v>350</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="D1049" s="0" t="s">
         <x:v>1436</x:v>
       </x:c>
       <x:c r="F1049" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="G1049" s="0" t="s">
         <x:v>710</x:v>
       </x:c>
       <x:c r="I1049" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J1049" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="1050" spans="1:10">
       <x:c r="A1050" s="0" t="s">
         <x:v>1437</x:v>
       </x:c>
       <x:c r="B1050" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="C1050" s="0" t="s">
@@ -30475,77 +30475,77 @@
       </x:c>
       <x:c r="C1060" s="0" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="D1060" s="0" t="s">
         <x:v>1451</x:v>
       </x:c>
       <x:c r="F1060" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H1060" s="0" t="s">
         <x:v>1452</x:v>
       </x:c>
       <x:c r="I1060" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J1060" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="1061" spans="1:10">
       <x:c r="A1061" s="0" t="s">
         <x:v>1447</x:v>
       </x:c>
       <x:c r="B1061" s="0" t="s">
-        <x:v>349</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="C1061" s="0" t="s">
-        <x:v>350</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="D1061" s="0" t="s">
         <x:v>1453</x:v>
       </x:c>
       <x:c r="F1061" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I1061" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J1061" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="1062" spans="1:10">
       <x:c r="A1062" s="0" t="s">
         <x:v>1447</x:v>
       </x:c>
       <x:c r="B1062" s="0" t="s">
-        <x:v>352</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="C1062" s="0" t="s">
-        <x:v>353</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="D1062" s="0" t="s">
         <x:v>1454</x:v>
       </x:c>
       <x:c r="F1062" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I1062" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J1062" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="1063" spans="1:10">
       <x:c r="A1063" s="0" t="s">
         <x:v>1447</x:v>
       </x:c>
       <x:c r="B1063" s="0" t="s">
         <x:v>866</x:v>
       </x:c>
       <x:c r="C1063" s="0" t="s">
         <x:v>867</x:v>
       </x:c>
       <x:c r="D1063" s="0" t="s">
@@ -30912,100 +30912,100 @@
       </x:c>
       <x:c r="B1079" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C1079" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="D1079" s="0" t="s">
         <x:v>1473</x:v>
       </x:c>
       <x:c r="F1079" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I1079" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J1079" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="1080" spans="1:10">
       <x:c r="A1080" s="0" t="s">
         <x:v>1472</x:v>
       </x:c>
       <x:c r="B1080" s="0" t="s">
-        <x:v>349</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="C1080" s="0" t="s">
-        <x:v>350</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="D1080" s="0" t="s">
         <x:v>1474</x:v>
       </x:c>
       <x:c r="F1080" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H1080" s="0" t="s">
         <x:v>1475</x:v>
       </x:c>
       <x:c r="I1080" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J1080" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="1081" spans="1:10">
       <x:c r="A1081" s="0" t="s">
         <x:v>1472</x:v>
       </x:c>
       <x:c r="B1081" s="0" t="s">
-        <x:v>352</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="C1081" s="0" t="s">
-        <x:v>353</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="D1081" s="0" t="s">
         <x:v>1476</x:v>
       </x:c>
       <x:c r="F1081" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I1081" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J1081" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="1082" spans="1:10">
       <x:c r="A1082" s="0" t="s">
         <x:v>1472</x:v>
       </x:c>
       <x:c r="B1082" s="0" t="s">
-        <x:v>367</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="C1082" s="0" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="D1082" s="0" t="s">
         <x:v>1477</x:v>
       </x:c>
       <x:c r="F1082" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I1082" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J1082" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="1083" spans="1:10">
       <x:c r="A1083" s="0" t="s">
         <x:v>1472</x:v>
       </x:c>
       <x:c r="B1083" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="C1083" s="0" t="s">
@@ -31148,54 +31148,54 @@
       </x:c>
       <x:c r="B1089" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="C1089" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="D1089" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="F1089" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I1089" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J1089" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="1090" spans="1:10">
       <x:c r="A1090" s="0" t="s">
         <x:v>1480</x:v>
       </x:c>
       <x:c r="B1090" s="0" t="s">
-        <x:v>342</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="C1090" s="0" t="s">
-        <x:v>343</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="D1090" s="0" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="F1090" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I1090" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J1090" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="1091" spans="1:10">
       <x:c r="A1091" s="0" t="s">
         <x:v>1480</x:v>
       </x:c>
       <x:c r="B1091" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="C1091" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="D1091" s="0" t="s">
@@ -31217,77 +31217,77 @@
       </x:c>
       <x:c r="B1092" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="C1092" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="D1092" s="0" t="s">
         <x:v>1482</x:v>
       </x:c>
       <x:c r="F1092" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I1092" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J1092" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="1093" spans="1:10">
       <x:c r="A1093" s="0" t="s">
         <x:v>1480</x:v>
       </x:c>
       <x:c r="B1093" s="0" t="s">
-        <x:v>346</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="C1093" s="0" t="s">
-        <x:v>347</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="D1093" s="0" t="s">
         <x:v>1483</x:v>
       </x:c>
       <x:c r="F1093" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I1093" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J1093" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="1094" spans="1:10">
       <x:c r="A1094" s="0" t="s">
         <x:v>1480</x:v>
       </x:c>
       <x:c r="B1094" s="0" t="s">
-        <x:v>346</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="C1094" s="0" t="s">
-        <x:v>347</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="D1094" s="0" t="s">
         <x:v>1484</x:v>
       </x:c>
       <x:c r="F1094" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I1094" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J1094" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="1095" spans="1:10">
       <x:c r="A1095" s="0" t="s">
         <x:v>1480</x:v>
       </x:c>
       <x:c r="B1095" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C1095" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="D1095" s="0" t="s">
@@ -31309,169 +31309,169 @@
       </x:c>
       <x:c r="B1096" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="C1096" s="0" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="D1096" s="0" t="s">
         <x:v>1486</x:v>
       </x:c>
       <x:c r="F1096" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I1096" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J1096" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="1097" spans="1:10">
       <x:c r="A1097" s="0" t="s">
         <x:v>1480</x:v>
       </x:c>
       <x:c r="B1097" s="0" t="s">
-        <x:v>349</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="C1097" s="0" t="s">
-        <x:v>350</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="D1097" s="0" t="s">
         <x:v>1487</x:v>
       </x:c>
       <x:c r="F1097" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I1097" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J1097" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="1098" spans="1:10">
       <x:c r="A1098" s="0" t="s">
         <x:v>1480</x:v>
       </x:c>
       <x:c r="B1098" s="0" t="s">
-        <x:v>349</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="C1098" s="0" t="s">
-        <x:v>350</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="D1098" s="0" t="s">
         <x:v>1488</x:v>
       </x:c>
       <x:c r="F1098" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I1098" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J1098" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="1099" spans="1:10">
       <x:c r="A1099" s="0" t="s">
         <x:v>1480</x:v>
       </x:c>
       <x:c r="B1099" s="0" t="s">
-        <x:v>349</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="C1099" s="0" t="s">
-        <x:v>350</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="D1099" s="0" t="s">
         <x:v>1489</x:v>
       </x:c>
       <x:c r="F1099" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I1099" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J1099" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="1100" spans="1:10">
       <x:c r="A1100" s="0" t="s">
         <x:v>1480</x:v>
       </x:c>
       <x:c r="B1100" s="0" t="s">
-        <x:v>349</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="C1100" s="0" t="s">
-        <x:v>350</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="D1100" s="0" t="s">
         <x:v>1490</x:v>
       </x:c>
       <x:c r="F1100" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I1100" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J1100" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="1101" spans="1:10">
       <x:c r="A1101" s="0" t="s">
         <x:v>1480</x:v>
       </x:c>
       <x:c r="B1101" s="0" t="s">
-        <x:v>352</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="C1101" s="0" t="s">
-        <x:v>353</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="D1101" s="0" t="s">
         <x:v>1491</x:v>
       </x:c>
       <x:c r="F1101" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I1101" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J1101" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="1102" spans="1:10">
       <x:c r="A1102" s="0" t="s">
         <x:v>1480</x:v>
       </x:c>
       <x:c r="B1102" s="0" t="s">
-        <x:v>352</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="C1102" s="0" t="s">
-        <x:v>353</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="D1102" s="0" t="s">
         <x:v>1492</x:v>
       </x:c>
       <x:c r="F1102" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I1102" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J1102" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="1103" spans="1:10">
       <x:c r="A1103" s="0" t="s">
         <x:v>1480</x:v>
       </x:c>
       <x:c r="B1103" s="0" t="s">
         <x:v>866</x:v>
       </x:c>
       <x:c r="C1103" s="0" t="s">
         <x:v>867</x:v>
       </x:c>
       <x:c r="D1103" s="0" t="s">
@@ -31755,77 +31755,77 @@
       </x:c>
       <x:c r="B1115" s="0" t="s">
         <x:v>850</x:v>
       </x:c>
       <x:c r="C1115" s="0" t="s">
         <x:v>851</x:v>
       </x:c>
       <x:c r="D1115" s="0" t="s">
         <x:v>1506</x:v>
       </x:c>
       <x:c r="F1115" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I1115" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J1115" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="1116" spans="1:10">
       <x:c r="A1116" s="0" t="s">
         <x:v>1503</x:v>
       </x:c>
       <x:c r="B1116" s="0" t="s">
-        <x:v>349</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="C1116" s="0" t="s">
-        <x:v>350</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="D1116" s="0" t="s">
         <x:v>1507</x:v>
       </x:c>
       <x:c r="F1116" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I1116" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J1116" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="1117" spans="1:10">
       <x:c r="A1117" s="0" t="s">
         <x:v>1503</x:v>
       </x:c>
       <x:c r="B1117" s="0" t="s">
-        <x:v>349</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="C1117" s="0" t="s">
-        <x:v>350</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="D1117" s="0" t="s">
         <x:v>1508</x:v>
       </x:c>
       <x:c r="F1117" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I1117" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J1117" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="1118" spans="1:10">
       <x:c r="A1118" s="0" t="s">
         <x:v>1503</x:v>
       </x:c>
       <x:c r="B1118" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C1118" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="D1118" s="0" t="s">
@@ -32313,80 +32313,80 @@
       </x:c>
       <x:c r="C1139" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="D1139" s="0" t="s">
         <x:v>1535</x:v>
       </x:c>
       <x:c r="F1139" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H1139" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="I1139" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J1139" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="1140" spans="1:10">
       <x:c r="A1140" s="0" t="s">
         <x:v>1529</x:v>
       </x:c>
       <x:c r="B1140" s="0" t="s">
-        <x:v>359</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="C1140" s="0" t="s">
-        <x:v>360</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="D1140" s="0" t="s">
         <x:v>1536</x:v>
       </x:c>
       <x:c r="F1140" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H1140" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I1140" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J1140" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="1141" spans="1:10">
       <x:c r="A1141" s="0" t="s">
         <x:v>1529</x:v>
       </x:c>
       <x:c r="B1141" s="0" t="s">
-        <x:v>359</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="C1141" s="0" t="s">
-        <x:v>360</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="D1141" s="0" t="s">
         <x:v>1537</x:v>
       </x:c>
       <x:c r="F1141" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I1141" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J1141" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="1142" spans="1:10">
       <x:c r="A1142" s="0" t="s">
         <x:v>1529</x:v>
       </x:c>
       <x:c r="B1142" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C1142" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="D1142" s="0" t="s">
@@ -32730,54 +32730,54 @@
       </x:c>
       <x:c r="B1157" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C1157" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="D1157" s="0" t="s">
         <x:v>1553</x:v>
       </x:c>
       <x:c r="F1157" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I1157" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J1157" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="1158" spans="1:10">
       <x:c r="A1158" s="0" t="s">
         <x:v>1548</x:v>
       </x:c>
       <x:c r="B1158" s="0" t="s">
-        <x:v>359</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="C1158" s="0" t="s">
-        <x:v>360</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="D1158" s="0" t="s">
         <x:v>1554</x:v>
       </x:c>
       <x:c r="F1158" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I1158" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J1158" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="1159" spans="1:10">
       <x:c r="A1159" s="0" t="s">
         <x:v>1548</x:v>
       </x:c>
       <x:c r="B1159" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C1159" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="D1159" s="0" t="s">
@@ -33576,103 +33576,103 @@
       </x:c>
       <x:c r="B1193" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="C1193" s="0" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="D1193" s="0" t="s">
         <x:v>1598</x:v>
       </x:c>
       <x:c r="F1193" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I1193" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J1193" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="1194" spans="1:10">
       <x:c r="A1194" s="0" t="s">
         <x:v>1596</x:v>
       </x:c>
       <x:c r="B1194" s="0" t="s">
-        <x:v>367</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="C1194" s="0" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="D1194" s="0" t="s">
         <x:v>1599</x:v>
       </x:c>
       <x:c r="F1194" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H1194" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="I1194" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J1194" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="1195" spans="1:10">
       <x:c r="A1195" s="0" t="s">
         <x:v>1600</x:v>
       </x:c>
       <x:c r="B1195" s="0" t="s">
         <x:v>1089</x:v>
       </x:c>
       <x:c r="C1195" s="0" t="s">
         <x:v>1601</x:v>
       </x:c>
       <x:c r="D1195" s="0" t="s">
         <x:v>1602</x:v>
       </x:c>
       <x:c r="F1195" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I1195" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J1195" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="1196" spans="1:10">
       <x:c r="A1196" s="0" t="s">
         <x:v>1603</x:v>
       </x:c>
       <x:c r="B1196" s="0" t="s">
-        <x:v>346</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="C1196" s="0" t="s">
-        <x:v>347</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="D1196" s="0" t="s">
         <x:v>1604</x:v>
       </x:c>
       <x:c r="F1196" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="I1196" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J1196" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="1197" spans="1:10">
       <x:c r="A1197" s="0" t="s">
         <x:v>1603</x:v>
       </x:c>
       <x:c r="B1197" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="C1197" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="D1197" s="0" t="s">