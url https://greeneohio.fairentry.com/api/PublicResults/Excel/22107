--- v0 (2025-10-14)
+++ v1 (2025-12-13)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R648ce4d3e4794984" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/89c09d74ad5d4b1d99420e110efc9644.psmdcp" Id="R3a9cea3fb983430a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda9fdf2342994030" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a8f424ed5e024eed91e39776870e6bca.psmdcp" Id="R9b148097ce5e4b92" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Results-2025 Goshen County F..." sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2423" uniqueCount="2423">
   <x:si>
     <x:t>Hierarchy Path</x:t>
   </x:si>
   <x:si>
     <x:t>Exhibitor Number</x:t>
   </x:si>
   <x:si>