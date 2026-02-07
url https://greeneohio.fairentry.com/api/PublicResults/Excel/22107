--- v1 (2025-12-13)
+++ v2 (2026-02-07)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda9fdf2342994030" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a8f424ed5e024eed91e39776870e6bca.psmdcp" Id="R9b148097ce5e4b92" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf1c1da169204e38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/24ca5034552f4bcdab2519d1b36ae3b3.psmdcp" Id="Reddeee92708a4724" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Results-2025 Goshen County F..." sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2423" uniqueCount="2423">
   <x:si>
     <x:t>Hierarchy Path</x:t>
   </x:si>
   <x:si>
     <x:t>Exhibitor Number</x:t>
   </x:si>
   <x:si>