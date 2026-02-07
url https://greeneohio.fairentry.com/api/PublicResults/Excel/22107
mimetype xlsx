--- v2 (2026-02-07)
+++ v3 (2026-02-07)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf1c1da169204e38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/24ca5034552f4bcdab2519d1b36ae3b3.psmdcp" Id="Reddeee92708a4724" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63b88dae23a44193" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/57e7f32e67f7439987605d9e837e6629.psmdcp" Id="R8689abfa80d64329" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Results-2025 Goshen County F..." sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2423" uniqueCount="2423">
   <x:si>
     <x:t>Hierarchy Path</x:t>
   </x:si>
   <x:si>
     <x:t>Exhibitor Number</x:t>
   </x:si>
   <x:si>