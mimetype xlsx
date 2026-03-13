--- v3 (2026-02-07)
+++ v4 (2026-03-13)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63b88dae23a44193" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/57e7f32e67f7439987605d9e837e6629.psmdcp" Id="R8689abfa80d64329" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87519561596541d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c7cf40e5a00249ebb50ed0fd94d4ca00.psmdcp" Id="R1b172a99855343e4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Results-2025 Goshen County F..." sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2423" uniqueCount="2423">
   <x:si>
     <x:t>Hierarchy Path</x:t>
   </x:si>
   <x:si>
     <x:t>Exhibitor Number</x:t>
   </x:si>
   <x:si>