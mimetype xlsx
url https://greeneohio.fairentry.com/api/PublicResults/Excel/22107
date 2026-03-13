--- v4 (2026-03-13)
+++ v5 (2026-03-13)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87519561596541d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c7cf40e5a00249ebb50ed0fd94d4ca00.psmdcp" Id="R1b172a99855343e4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf6a646c55c84c99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3bfffa1dc0b949d1aebf64e32dac3ddf.psmdcp" Id="R3f003f11f75649e6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Results-2025 Goshen County F..." sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2423" uniqueCount="2423">
   <x:si>
     <x:t>Hierarchy Path</x:t>
   </x:si>
   <x:si>
     <x:t>Exhibitor Number</x:t>
   </x:si>
   <x:si>