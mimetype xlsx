--- v0 (2025-10-14)
+++ v1 (2026-01-01)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R591df4c6b53c483b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/13c46a59abd44b41bf9d8d6296610dbf.psmdcp" Id="Rc1a2b47c40e341d5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R592f4cab814b4dc8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3ff44172b52441a38b034c1057ec9e66.psmdcp" Id="R98c6652b49e04b50" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Results-2025 Kossuth County ..." sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2588" uniqueCount="2588">
   <x:si>
     <x:t>Hierarchy Path</x:t>
   </x:si>
   <x:si>
     <x:t>Exhibitor Number</x:t>
   </x:si>
   <x:si>