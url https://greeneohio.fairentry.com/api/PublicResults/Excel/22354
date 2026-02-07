--- v1 (2026-01-01)
+++ v2 (2026-02-07)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R592f4cab814b4dc8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3ff44172b52441a38b034c1057ec9e66.psmdcp" Id="R98c6652b49e04b50" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d4dcfc40ebb4758" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3930cbf03dad4db3acdd5d29e391db0e.psmdcp" Id="Rac7ab64c09e14838" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Results-2025 Kossuth County ..." sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2588" uniqueCount="2588">
   <x:si>
     <x:t>Hierarchy Path</x:t>
   </x:si>
   <x:si>
     <x:t>Exhibitor Number</x:t>
   </x:si>
   <x:si>