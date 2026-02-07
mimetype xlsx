--- v2 (2026-02-07)
+++ v3 (2026-02-07)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d4dcfc40ebb4758" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3930cbf03dad4db3acdd5d29e391db0e.psmdcp" Id="Rac7ab64c09e14838" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e2afa3d10824361" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/00a8251f5bf1464984e4cfbc94d6371d.psmdcp" Id="R573790d84da942fa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Results-2025 Kossuth County ..." sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2588" uniqueCount="2588">
   <x:si>
     <x:t>Hierarchy Path</x:t>
   </x:si>
   <x:si>
     <x:t>Exhibitor Number</x:t>
   </x:si>
   <x:si>