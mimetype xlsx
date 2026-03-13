--- v3 (2026-02-07)
+++ v4 (2026-03-13)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e2afa3d10824361" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/00a8251f5bf1464984e4cfbc94d6371d.psmdcp" Id="R573790d84da942fa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9dfc2dd0fbf04a1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b54782ef8c8b47cba5f0d9b297eef1a2.psmdcp" Id="Ra57cedac73bf454a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Results-2025 Kossuth County ..." sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2588" uniqueCount="2588">
   <x:si>
     <x:t>Hierarchy Path</x:t>
   </x:si>
   <x:si>
     <x:t>Exhibitor Number</x:t>
   </x:si>
   <x:si>